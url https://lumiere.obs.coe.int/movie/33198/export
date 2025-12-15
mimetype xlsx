--- v0 (2025-11-22)
+++ v1 (2025-12-15)
@@ -91,50 +91,80 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2008</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Il vento</t>
+  </si>
+  <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>Wicher</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>O Vento</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Vântul</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>A szél</t>
+  </si>
+  <si>
     <t>ES</t>
   </si>
   <si>
     <t>El vent</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>風（1928）</t>
   </si>
   <si>
     <t>CA,GB,US</t>
   </si>
   <si>
     <t>Вeтер</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>La rosa de los vientos</t>
   </si>
   <si>
     <t>AT,DE</t>
@@ -148,81 +178,51 @@
   <si>
     <t>Vento e Areia</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Der Wind</t>
   </si>
   <si>
     <t>DK,SE</t>
   </si>
   <si>
     <t>Stormen</t>
   </si>
   <si>
     <t>El viento</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Le vent</t>
   </si>
   <si>
-    <t>HU</t>
-[...1 lines deleted...]
-  <si>
     <t>A sivatag lilioma</t>
-  </si>
-[...25 lines deleted...]
-    <t>Vântul</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Vetar</t>
   </si>
   <si>
     <t>SU</t>
   </si>
   <si>
     <t>Ветер</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>O anemos</t>
   </si>
   <si>
     <t>Ο άνεμος</t>
   </si>
 </sst>
 </file>
 
@@ -770,157 +770,157 @@
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>27</v>
       </c>
       <c r="B3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>31</v>
+      </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>38</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:2">
-      <c r="A10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B10" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="B11" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B13" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B14" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B15" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B17" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="B18" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>55</v>
       </c>
       <c r="B19" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>57</v>
       </c>
       <c r="B20" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>59</v>
       </c>