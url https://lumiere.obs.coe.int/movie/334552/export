--- v0 (2025-12-21)
+++ v1 (2026-01-12)
@@ -259,96 +259,96 @@
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>He'Khatoul shel Shrek: Mish'alla Akhat Ve'Die</t>
+  </si>
+  <si>
+    <t>Котаракът в чизми 2</t>
+  </si>
+  <si>
+    <t>AE,AU,BD,BE,CA,CH,EG,GB,HK,ID,IE,IL,IN,JM,JP,KR,MY,NG,NZ,PH,PK,RO,SG,TH,US,ZA</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Le chat potté: le dernier voeu</t>
+  </si>
+  <si>
+    <t>AT,CH,DE</t>
+  </si>
+  <si>
+    <t>Der gestiefelte Kater: Der letzte Wunsch</t>
+  </si>
+  <si>
+    <t>De gelaarsde kat: De laatste wens</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>長ぐつをはいたネコと９つの命</t>
+  </si>
+  <si>
+    <t>AR,EC,PE,US,UY</t>
+  </si>
+  <si>
+    <t>Gato con botas: El último deseo</t>
+  </si>
+  <si>
+    <t>Çizmeli Kedi: Son Dilek</t>
+  </si>
+  <si>
     <t>TW</t>
   </si>
   <si>
     <t>鞋貓劍客2</t>
-  </si>
-[...40 lines deleted...]
-    <t>Çizmeli Kedi: Son Dilek</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Gato Con Botas: El Último Deseo</t>
   </si>
   <si>
     <t>Kot w butach: Ostatnie życzenie</t>
   </si>
   <si>
     <t>O Gato das Botas: O Último Desejo</t>
   </si>
   <si>
     <t>Mačak u čizmama: Posljednja želja</t>
   </si>
   <si>
     <t>El gato con botas: El último deseo</t>
   </si>
   <si>
     <t>Le chat potté: La dernière quête</t>
   </si>
   <si>
     <t>Le chat potté 2: La dernière quête</t>
   </si>
@@ -1716,115 +1716,115 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="74.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="46" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>81</v>
       </c>
       <c r="B2" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="B4" t="s">
-        <v>85</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>85</v>
+      </c>
+      <c r="B5" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>87</v>
       </c>
       <c r="B6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>66</v>
+        <v>90</v>
       </c>
       <c r="B8" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>92</v>
       </c>
       <c r="B9" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>78</v>
+        <v>95</v>
       </c>
       <c r="B11" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>97</v>
       </c>
       <c r="B12" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>68</v>
       </c>
       <c r="B13" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>69</v>
       </c>