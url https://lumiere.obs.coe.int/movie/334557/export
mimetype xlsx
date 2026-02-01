--- v0 (2025-11-12)
+++ v1 (2026-02-01)
@@ -238,108 +238,108 @@
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>CinemArt</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>United International Pictures</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>El Menu</t>
+  </si>
+  <si>
+    <t>Le menu</t>
+  </si>
+  <si>
+    <t>UZ</t>
+  </si>
+  <si>
+    <t>Menyu</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>O Menu</t>
+  </si>
+  <si>
+    <t>CO,MX</t>
+  </si>
+  <si>
+    <t>El Menú</t>
+  </si>
+  <si>
+    <t>Menüü</t>
+  </si>
+  <si>
     <t>IL</t>
   </si>
   <si>
     <t>Ha'Tafrit</t>
   </si>
   <si>
     <t>Менюто</t>
   </si>
   <si>
     <t>AE,AU,BD,CA,CH,DE,DK,EG,GB,HK,ID,IE,IL,IN,IT,JP,MY,NL,NZ,PH,SE,SG,TH,TR,US,ZA</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Le Menu</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ザ・メニュー</t>
   </si>
   <si>
     <t>AR,EC,ES,PE,VE</t>
   </si>
   <si>
     <t>El menú</t>
-  </si>
-[...28 lines deleted...]
-    <t>O Menu</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Thực Đơn Bí Ẩn</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>더 메뉴</t>
   </si>
   <si>
     <t>A menü</t>
   </si>
   <si>
     <t>HR,RS,SI</t>
   </si>
   <si>
     <t>Meni</t>
   </si>
   <si>
     <t>RU,UA</t>
   </si>
@@ -1616,115 +1616,115 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="72.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>74</v>
       </c>
       <c r="B2" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="B3" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>77</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>82</v>
+        <v>38</v>
       </c>
       <c r="B7" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>84</v>
       </c>
       <c r="B8" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="B9" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>87</v>
       </c>
       <c r="B10" t="s">
-        <v>88</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>42</v>
+        <v>88</v>
       </c>
       <c r="B11" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>90</v>
       </c>
       <c r="B12" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>92</v>
       </c>
       <c r="B13" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>94</v>
       </c>