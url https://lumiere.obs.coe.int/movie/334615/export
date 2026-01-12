--- v0 (2025-12-23)
+++ v1 (2026-01-12)
@@ -211,60 +211,60 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Intercomfilm</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Itafilm</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>TME Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>Doragon Boru Supa Supa Hiro</t>
+  </si>
+  <si>
     <t>CA,EG,ID,IE,IL,IN,JP,NZ,PH,SG,TH,TR,ZA</t>
   </si>
   <si>
     <t>Dragon Ball Super: Super Hero</t>
-  </si>
-[...4 lines deleted...]
-    <t>Doragon Boru Supa Supa Hiro</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Dragon Ball Superhero</t>
   </si>
   <si>
     <t>ラゴンボール超 スーパーヒーロー</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>드래곤볼 슈퍼: 슈퍼 히어로(가제)</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Dragon ball Super - Super Hero</t>
   </si>
   <si>
     <t>TW</t>
   </si>
@@ -1387,51 +1387,51 @@
       <c r="A8" t="s">
         <v>74</v>
       </c>
       <c r="B8" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>76</v>
       </c>
       <c r="B9" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>55</v>
       </c>
       <c r="B10" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>80</v>
       </c>
       <c r="B12" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>82</v>
       </c>
       <c r="B13" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="B14" t="s">
         <v>84</v>
       </c>