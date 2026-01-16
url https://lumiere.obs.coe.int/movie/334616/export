--- v0 (2025-12-06)
+++ v1 (2026-01-16)
@@ -238,66 +238,66 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>TME Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Les Fabelman</t>
+  </si>
+  <si>
     <t>IL</t>
   </si>
   <si>
     <t>Ha'Fabelmanim</t>
   </si>
   <si>
     <t>Семейство Фейбълман</t>
   </si>
   <si>
     <t>AE,AU,BD,CA,DE,EC,EG,FR,GB,GR,HK,ID,IE,IL,IN,IT,JM,MY,NL,NZ,PH,SE,SG,TH,TW,US,ZA</t>
-  </si>
-[...4 lines deleted...]
-    <t>Les Fabelman</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>द फैबरमैन</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>フェイブルマンズ</t>
   </si>
   <si>
     <t>Fabelmanlar</t>
   </si>
   <si>
     <t>CZ,HR</t>
   </si>
   <si>
     <t>Fabelmanovi</t>
   </si>
   <si>
     <t>KR</t>
   </si>
@@ -1554,70 +1554,70 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="76.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>74</v>
       </c>
       <c r="B2" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>30</v>
+        <v>76</v>
       </c>
       <c r="B3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>77</v>
+        <v>30</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B5" t="s">
-        <v>79</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>80</v>
       </c>
       <c r="B6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>82</v>
       </c>
       <c r="B7" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>70</v>
       </c>
       <c r="B8" t="s">
         <v>84</v>
       </c>