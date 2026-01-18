--- v0 (2025-11-18)
+++ v1 (2026-01-18)
@@ -1186,95 +1186,99 @@
         <v>60</v>
       </c>
       <c r="C22">
         <v>45415</v>
       </c>
       <c r="D22" s="3">
         <v>896</v>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3">
         <v>896</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>61</v>
       </c>
       <c r="B23" t="s">
         <v>39</v>
       </c>
       <c r="C23">
         <v>45030</v>
       </c>
       <c r="D23" s="3">
-        <v>80383</v>
+        <v>82501</v>
       </c>
       <c r="E23" s="3"/>
       <c r="F23" s="3">
         <v>80383</v>
       </c>
-      <c r="G23" s="3"/>
+      <c r="G23" s="3">
+        <v>2118</v>
+      </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>62</v>
       </c>
       <c r="B24" t="s">
         <v>63</v>
       </c>
       <c r="C24">
         <v>45043</v>
       </c>
       <c r="D24" s="3">
         <v>3112</v>
       </c>
       <c r="E24" s="3"/>
       <c r="F24" s="3">
         <v>3112</v>
       </c>
       <c r="G24" s="3"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>64</v>
       </c>
       <c r="B25" t="s">
         <v>27</v>
       </c>
       <c r="C25">
         <v>45036</v>
       </c>
       <c r="D25" s="3">
-        <v>1452</v>
+        <v>1467</v>
       </c>
       <c r="E25" s="3"/>
       <c r="F25" s="3">
         <v>1452</v>
       </c>
-      <c r="G25" s="3"/>
+      <c r="G25" s="3">
+        <v>15</v>
+      </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>65</v>
       </c>
       <c r="B26" t="s">
         <v>66</v>
       </c>
       <c r="C26">
         <v>45177</v>
       </c>
       <c r="D26" s="3">
         <v>9644</v>
       </c>
       <c r="E26" s="3"/>
       <c r="F26" s="3">
         <v>9583</v>
       </c>
       <c r="G26" s="3">
         <v>61</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>67</v>
@@ -1298,77 +1302,77 @@
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>69</v>
       </c>
       <c r="B28" t="s">
         <v>70</v>
       </c>
       <c r="C28">
         <v>44974</v>
       </c>
       <c r="D28" s="3">
         <v>3808</v>
       </c>
       <c r="E28" s="3"/>
       <c r="F28" s="3">
         <v>3808</v>
       </c>
       <c r="G28" s="3"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>71</v>
       </c>
       <c r="D29" s="3">
-        <v>620053</v>
+        <v>622171</v>
       </c>
       <c r="E29" s="3">
         <v>195694</v>
       </c>
       <c r="F29" s="3">
         <v>421091</v>
       </c>
       <c r="G29" s="3">
-        <v>3268</v>
+        <v>5386</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="3">
-        <v>634327</v>
+        <v>636445</v>
       </c>
       <c r="E30" s="3">
         <v>196231</v>
       </c>
       <c r="F30" s="3">
         <v>433932</v>
       </c>
       <c r="G30" s="3">
-        <v>4164</v>
+        <v>6282</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="21.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>