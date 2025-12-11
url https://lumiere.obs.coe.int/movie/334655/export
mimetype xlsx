--- v0 (2025-11-18)
+++ v1 (2025-12-11)
@@ -1406,57 +1406,59 @@
       <c r="C29">
         <v>44864</v>
       </c>
       <c r="D29" s="3">
         <v>3416</v>
       </c>
       <c r="E29" s="3">
         <v>963</v>
       </c>
       <c r="F29" s="3">
         <v>2453</v>
       </c>
       <c r="G29" s="3"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>73</v>
       </c>
       <c r="B30" t="s">
         <v>27</v>
       </c>
       <c r="C30">
         <v>45204</v>
       </c>
       <c r="D30" s="3">
-        <v>387</v>
+        <v>496</v>
       </c>
       <c r="E30" s="3"/>
       <c r="F30" s="3">
         <v>387</v>
       </c>
-      <c r="G30" s="3"/>
+      <c r="G30" s="3">
+        <v>109</v>
+      </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>74</v>
       </c>
       <c r="B31" t="s">
         <v>75</v>
       </c>
       <c r="C31">
         <v>44946</v>
       </c>
       <c r="D31" s="3">
         <v>19403</v>
       </c>
       <c r="E31" s="3"/>
       <c r="F31" s="3">
         <v>19403</v>
       </c>
       <c r="G31" s="3"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>76</v>
       </c>
       <c r="B32" t="s">