--- v1 (2025-12-11)
+++ v2 (2026-02-07)
@@ -1345,57 +1345,59 @@
       <c r="C26">
         <v>44890</v>
       </c>
       <c r="D26" s="3">
         <v>5637</v>
       </c>
       <c r="E26" s="3">
         <v>5268</v>
       </c>
       <c r="F26" s="3">
         <v>369</v>
       </c>
       <c r="G26" s="3"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>67</v>
       </c>
       <c r="B27" t="s">
         <v>68</v>
       </c>
       <c r="C27">
         <v>44988</v>
       </c>
       <c r="D27" s="3">
-        <v>30050</v>
+        <v>30280</v>
       </c>
       <c r="E27" s="3"/>
       <c r="F27" s="3">
         <v>30050</v>
       </c>
-      <c r="G27" s="3"/>
+      <c r="G27" s="3">
+        <v>230</v>
+      </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>69</v>
       </c>
       <c r="B28" t="s">
         <v>70</v>
       </c>
       <c r="C28">
         <v>44973</v>
       </c>
       <c r="D28" s="3">
         <v>1184</v>
       </c>
       <c r="E28" s="3"/>
       <c r="F28" s="3">
         <v>1081</v>
       </c>
       <c r="G28" s="3">
         <v>103</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>71</v>
@@ -1503,77 +1505,77 @@
       </c>
       <c r="B34" t="s">
         <v>80</v>
       </c>
       <c r="C34">
         <v>44890</v>
       </c>
       <c r="D34" s="3">
         <v>7358</v>
       </c>
       <c r="E34" s="3">
         <v>6137</v>
       </c>
       <c r="F34" s="3">
         <v>1179</v>
       </c>
       <c r="G34" s="3">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>81</v>
       </c>
       <c r="D35" s="3">
-        <v>353857</v>
+        <v>354087</v>
       </c>
       <c r="E35" s="3">
         <v>159607</v>
       </c>
       <c r="F35" s="3">
         <v>192953</v>
       </c>
       <c r="G35" s="3">
-        <v>1297</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>82</v>
       </c>
       <c r="D36" s="3">
-        <v>372069</v>
+        <v>372299</v>
       </c>
       <c r="E36" s="3">
         <v>173039</v>
       </c>
       <c r="F36" s="3">
         <v>197662</v>
       </c>
       <c r="G36" s="3">
-        <v>1368</v>
+        <v>1598</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="68.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>