--- v0 (2025-12-10)
+++ v1 (2026-02-09)
@@ -1118,57 +1118,59 @@
       <c r="C13">
         <v>45058</v>
       </c>
       <c r="D13" s="3">
         <v>38349</v>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3">
         <v>37996</v>
       </c>
       <c r="G13" s="3">
         <v>353</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>47</v>
       </c>
       <c r="B14" t="s">
         <v>48</v>
       </c>
       <c r="C14">
         <v>45015</v>
       </c>
       <c r="D14" s="3">
-        <v>2345</v>
+        <v>2641</v>
       </c>
       <c r="E14" s="3"/>
       <c r="F14" s="3">
         <v>2345</v>
       </c>
-      <c r="G14" s="3"/>
+      <c r="G14" s="3">
+        <v>296</v>
+      </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>49</v>
       </c>
       <c r="B15" t="s">
         <v>50</v>
       </c>
       <c r="C15">
         <v>44980</v>
       </c>
       <c r="D15" s="3">
         <v>2909</v>
       </c>
       <c r="E15" s="3"/>
       <c r="F15" s="3">
         <v>2909</v>
       </c>
       <c r="G15" s="3"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>51</v>
       </c>
       <c r="B16" t="s">
@@ -1376,57 +1378,59 @@
       <c r="C26">
         <v>44967</v>
       </c>
       <c r="D26" s="3">
         <v>19360</v>
       </c>
       <c r="E26" s="3"/>
       <c r="F26" s="3">
         <v>19342</v>
       </c>
       <c r="G26" s="3">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>69</v>
       </c>
       <c r="B27" t="s">
         <v>70</v>
       </c>
       <c r="C27">
         <v>45079</v>
       </c>
       <c r="D27" s="3">
-        <v>68359</v>
+        <v>70913</v>
       </c>
       <c r="E27" s="3"/>
       <c r="F27" s="3">
         <v>68359</v>
       </c>
-      <c r="G27" s="3"/>
+      <c r="G27" s="3">
+        <v>2554</v>
+      </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>71</v>
       </c>
       <c r="B28" t="s">
         <v>72</v>
       </c>
       <c r="C28">
         <v>45029</v>
       </c>
       <c r="D28" s="3">
         <v>5184</v>
       </c>
       <c r="E28" s="3"/>
       <c r="F28" s="3">
         <v>5184</v>
       </c>
       <c r="G28" s="3"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>73</v>
       </c>
       <c r="B29" t="s">
@@ -1534,77 +1538,77 @@
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>82</v>
       </c>
       <c r="B34" t="s">
         <v>83</v>
       </c>
       <c r="C34">
         <v>45009</v>
       </c>
       <c r="D34" s="3">
         <v>1894</v>
       </c>
       <c r="E34" s="3"/>
       <c r="F34" s="3">
         <v>1894</v>
       </c>
       <c r="G34" s="3"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>84</v>
       </c>
       <c r="D35" s="3">
-        <v>1821883</v>
+        <v>1824733</v>
       </c>
       <c r="E35" s="3">
         <v>464229</v>
       </c>
       <c r="F35" s="3">
         <v>1351178</v>
       </c>
       <c r="G35" s="3">
-        <v>6476</v>
+        <v>9326</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>85</v>
       </c>
       <c r="D36" s="3">
-        <v>1874276</v>
+        <v>1877126</v>
       </c>
       <c r="E36" s="3">
         <v>466033</v>
       </c>
       <c r="F36" s="3">
         <v>1401724</v>
       </c>
       <c r="G36" s="3">
-        <v>6519</v>
+        <v>9369</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>