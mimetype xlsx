--- v0 (2025-11-22)
+++ v1 (2025-12-15)
@@ -244,54 +244,54 @@
   <si>
     <t>Bad Unicorn</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>TriArt Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>BS Dağıtım</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>EG,IL</t>
+  </si>
+  <si>
     <t>Момчето от Рая</t>
-  </si>
-[...1 lines deleted...]
-    <t>EG,IL</t>
   </si>
   <si>
     <t>AE,AU,BR,CA,DE,DK,EC,FR,GB,HK,IN,IT,NL,NO,PH,SE</t>
   </si>
   <si>
     <t>Boy from Heaven</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Cairo Conspiracy</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>स्वर्ग से लड़का</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>天国から来た少年</t>
   </si>
@@ -1452,62 +1452,62 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="B2" t="s">
-        <v>76</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>78</v>
       </c>
       <c r="B4" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>80</v>
       </c>
       <c r="B5" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>82</v>
       </c>
       <c r="B6" t="s">
         <v>83</v>
       </c>