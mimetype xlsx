--- v1 (2025-12-15)
+++ v2 (2026-01-10)
@@ -244,54 +244,54 @@
   <si>
     <t>Bad Unicorn</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>TriArt Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>BS Dağıtım</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Момчето от Рая</t>
+  </si>
+  <si>
     <t>EG,IL</t>
-  </si>
-[...1 lines deleted...]
-    <t>Момчето от Рая</t>
   </si>
   <si>
     <t>AE,AU,BR,CA,DE,DK,EC,FR,GB,HK,IN,IT,NL,NO,PH,SE</t>
   </si>
   <si>
     <t>Boy from Heaven</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Cairo Conspiracy</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>स्वर्ग से लड़का</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>天国から来た少年</t>
   </si>
@@ -1078,59 +1078,61 @@
       <c r="C13">
         <v>45030</v>
       </c>
       <c r="D13" s="3">
         <v>14327</v>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3">
         <v>14263</v>
       </c>
       <c r="G13" s="3">
         <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>48</v>
       </c>
       <c r="B14" t="s">
         <v>49</v>
       </c>
       <c r="C14">
         <v>44917</v>
       </c>
       <c r="D14" s="3">
-        <v>3400</v>
+        <v>3690</v>
       </c>
       <c r="E14" s="3">
         <v>1674</v>
       </c>
       <c r="F14" s="3">
         <v>1726</v>
       </c>
-      <c r="G14" s="3"/>
+      <c r="G14" s="3">
+        <v>290</v>
+      </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>50</v>
       </c>
       <c r="B15" t="s">
         <v>51</v>
       </c>
       <c r="C15">
         <v>44889</v>
       </c>
       <c r="D15" s="3">
         <v>1589</v>
       </c>
       <c r="E15" s="3">
         <v>1353</v>
       </c>
       <c r="F15" s="3">
         <v>204</v>
       </c>
       <c r="G15" s="3">
         <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:7">
@@ -1396,118 +1398,118 @@
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>72</v>
       </c>
       <c r="B29" t="s">
         <v>73</v>
       </c>
       <c r="C29">
         <v>44960</v>
       </c>
       <c r="D29" s="3">
         <v>2704</v>
       </c>
       <c r="E29" s="3"/>
       <c r="F29" s="3">
         <v>2704</v>
       </c>
       <c r="G29" s="3"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>74</v>
       </c>
       <c r="D30" s="3">
-        <v>726655</v>
+        <v>726945</v>
       </c>
       <c r="E30" s="3">
         <v>488320</v>
       </c>
       <c r="F30" s="3">
         <v>237427</v>
       </c>
       <c r="G30" s="3">
-        <v>908</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>75</v>
       </c>
       <c r="D31" s="3">
-        <v>744401</v>
+        <v>744691</v>
       </c>
       <c r="E31" s="3">
         <v>495377</v>
       </c>
       <c r="F31" s="3">
         <v>248049</v>
       </c>
       <c r="G31" s="3">
-        <v>975</v>
+        <v>1265</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="46.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
       <c r="B3" t="s">
-        <v>77</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>78</v>
       </c>
       <c r="B4" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>80</v>
       </c>
       <c r="B5" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>82</v>
       </c>
       <c r="B6" t="s">
         <v>83</v>
       </c>