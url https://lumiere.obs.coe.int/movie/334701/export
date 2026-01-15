--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -958,60 +958,60 @@
       <c r="C13">
         <v>44918</v>
       </c>
       <c r="D13" s="3">
         <v>456</v>
       </c>
       <c r="E13" s="3">
         <v>138</v>
       </c>
       <c r="F13" s="3">
         <v>318</v>
       </c>
       <c r="G13" s="3"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>44</v>
       </c>
       <c r="B14" t="s">
         <v>27</v>
       </c>
       <c r="C14">
         <v>44896</v>
       </c>
       <c r="D14" s="3">
-        <v>21967</v>
+        <v>21951</v>
       </c>
       <c r="E14" s="3">
         <v>15669</v>
       </c>
       <c r="F14" s="3">
         <v>5839</v>
       </c>
       <c r="G14" s="3">
-        <v>459</v>
+        <v>443</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>45</v>
       </c>
       <c r="B15" t="s">
         <v>46</v>
       </c>
       <c r="C15">
         <v>44920</v>
       </c>
       <c r="D15" s="3">
         <v>4333</v>
       </c>
       <c r="E15" s="3">
         <v>1518</v>
       </c>
       <c r="F15" s="3">
         <v>2815</v>
       </c>
       <c r="G15" s="3"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
@@ -1034,77 +1034,77 @@
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>49</v>
       </c>
       <c r="B17" t="s">
         <v>50</v>
       </c>
       <c r="C17">
         <v>45093</v>
       </c>
       <c r="D17" s="3">
         <v>41</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="3">
         <v>41</v>
       </c>
       <c r="G17" s="3"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="3">
-        <v>99645</v>
+        <v>99629</v>
       </c>
       <c r="E18" s="3">
         <v>73289</v>
       </c>
       <c r="F18" s="3">
         <v>23368</v>
       </c>
       <c r="G18" s="3">
-        <v>2988</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>52</v>
       </c>
       <c r="D19" s="3">
-        <v>103978</v>
+        <v>103962</v>
       </c>
       <c r="E19" s="3">
         <v>74807</v>
       </c>
       <c r="F19" s="3">
         <v>26183</v>
       </c>
       <c r="G19" s="3">
-        <v>2988</v>
+        <v>2972</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>