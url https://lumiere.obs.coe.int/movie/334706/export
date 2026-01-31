--- v0 (2025-12-10)
+++ v1 (2026-01-31)
@@ -948,59 +948,61 @@
       <c r="C9">
         <v>44995</v>
       </c>
       <c r="D9" s="3">
         <v>664</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3">
         <v>661</v>
       </c>
       <c r="G9" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>40</v>
       </c>
       <c r="B10" t="s">
         <v>41</v>
       </c>
       <c r="C10">
         <v>44853</v>
       </c>
       <c r="D10" s="3">
-        <v>77526</v>
+        <v>77747</v>
       </c>
       <c r="E10" s="3">
         <v>69786</v>
       </c>
       <c r="F10" s="3">
         <v>7740</v>
       </c>
-      <c r="G10" s="3"/>
+      <c r="G10" s="3">
+        <v>221</v>
+      </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>43</v>
       </c>
       <c r="C11">
         <v>45191</v>
       </c>
       <c r="D11" s="3">
         <v>5754</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3">
         <v>5715</v>
       </c>
       <c r="G11" s="3">
         <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>44</v>
@@ -1362,77 +1364,77 @@
       <c r="A30" t="s">
         <v>71</v>
       </c>
       <c r="B30" t="s">
         <v>72</v>
       </c>
       <c r="C30">
         <v>44918</v>
       </c>
       <c r="D30" s="3">
         <v>2183</v>
       </c>
       <c r="E30" s="3">
         <v>1091</v>
       </c>
       <c r="F30" s="3">
         <v>1092</v>
       </c>
       <c r="G30" s="3"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>73</v>
       </c>
       <c r="D31" s="3">
-        <v>187633</v>
+        <v>187854</v>
       </c>
       <c r="E31" s="3">
         <v>119859</v>
       </c>
       <c r="F31" s="3">
         <v>65064</v>
       </c>
       <c r="G31" s="3">
-        <v>2710</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>74</v>
       </c>
       <c r="D32" s="3">
-        <v>194761</v>
+        <v>194982</v>
       </c>
       <c r="E32" s="3">
         <v>122317</v>
       </c>
       <c r="F32" s="3">
         <v>69734</v>
       </c>
       <c r="G32" s="3">
-        <v>2710</v>
+        <v>2931</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>