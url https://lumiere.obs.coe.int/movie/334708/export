--- v0 (2025-12-10)
+++ v1 (2026-02-07)
@@ -1070,50 +1070,53 @@
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>52</v>
       </c>
       <c r="B17" t="s">
         <v>27</v>
       </c>
       <c r="D17" s="3">
         <v>87</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="3">
         <v>24</v>
       </c>
       <c r="G17" s="3">
         <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>53</v>
       </c>
       <c r="B18" t="s">
         <v>27</v>
       </c>
+      <c r="C18">
+        <v>45288</v>
+      </c>
       <c r="D18" s="3">
         <v>292</v>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3">
         <v>292</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>54</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19">
         <v>45413</v>
       </c>
       <c r="D19" s="3">
         <v>7400</v>
       </c>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3">