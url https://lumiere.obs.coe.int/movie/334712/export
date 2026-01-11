--- v0 (2025-11-29)
+++ v1 (2026-01-11)
@@ -721,109 +721,111 @@
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="D6" s="3">
         <v>29</v>
       </c>
       <c r="E6" s="3">
         <v>29</v>
       </c>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>29</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7">
         <v>45247</v>
       </c>
       <c r="D7" s="3">
-        <v>4804</v>
+        <v>5407</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3">
         <v>4804</v>
       </c>
-      <c r="G7" s="3"/>
+      <c r="G7" s="3">
+        <v>603</v>
+      </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>31</v>
       </c>
       <c r="B8" t="s">
         <v>32</v>
       </c>
       <c r="C8">
         <v>44958</v>
       </c>
       <c r="D8" s="3">
         <v>3467</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3">
         <v>3467</v>
       </c>
       <c r="G8" s="3"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>33</v>
       </c>
       <c r="D9" s="3">
-        <v>900845</v>
+        <v>901448</v>
       </c>
       <c r="E9" s="3">
         <v>840509</v>
       </c>
       <c r="F9" s="3">
         <v>57451</v>
       </c>
       <c r="G9" s="3">
-        <v>2885</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>34</v>
       </c>
       <c r="D10" s="3">
-        <v>901622</v>
+        <v>902225</v>
       </c>
       <c r="E10" s="3">
         <v>840509</v>
       </c>
       <c r="F10" s="3">
         <v>58112</v>
       </c>
       <c r="G10" s="3">
-        <v>3001</v>
+        <v>3604</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>