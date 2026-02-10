--- v0 (2025-11-20)
+++ v1 (2026-02-10)
@@ -733,60 +733,60 @@
       </c>
       <c r="D1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" t="s">
         <v>25</v>
       </c>
       <c r="C2">
         <v>44909</v>
       </c>
       <c r="D2" s="3">
-        <v>43323</v>
+        <v>44018</v>
       </c>
       <c r="E2" s="3">
         <v>11205</v>
       </c>
       <c r="F2" s="3">
         <v>30815</v>
       </c>
       <c r="G2" s="3">
-        <v>1303</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>26</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="C3">
         <v>44909</v>
       </c>
       <c r="D3" s="3">
         <v>18460</v>
       </c>
       <c r="E3" s="3">
         <v>5524</v>
       </c>
       <c r="F3" s="3">
         <v>12526</v>
       </c>
       <c r="G3" s="3">
         <v>410</v>
       </c>
     </row>
@@ -1033,57 +1033,59 @@
       <c r="C15">
         <v>45051</v>
       </c>
       <c r="D15" s="3">
         <v>3423</v>
       </c>
       <c r="E15" s="3"/>
       <c r="F15" s="3">
         <v>2607</v>
       </c>
       <c r="G15" s="3">
         <v>816</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>49</v>
       </c>
       <c r="B16" t="s">
         <v>50</v>
       </c>
       <c r="C16">
         <v>45058</v>
       </c>
       <c r="D16" s="3">
-        <v>41355</v>
+        <v>42629</v>
       </c>
       <c r="E16" s="3"/>
       <c r="F16" s="3">
         <v>41355</v>
       </c>
-      <c r="G16" s="3"/>
+      <c r="G16" s="3">
+        <v>1274</v>
+      </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>51</v>
       </c>
       <c r="B17" t="s">
         <v>52</v>
       </c>
       <c r="C17">
         <v>44945</v>
       </c>
       <c r="D17" s="3">
         <v>1681</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="3">
         <v>1644</v>
       </c>
       <c r="G17" s="3">
         <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>53</v>
@@ -1128,77 +1130,77 @@
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>55</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
       <c r="C20">
         <v>45359</v>
       </c>
       <c r="D20" s="3">
         <v>1428</v>
       </c>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3">
         <v>1428</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>57</v>
       </c>
       <c r="D21" s="3">
-        <v>755236</v>
+        <v>757205</v>
       </c>
       <c r="E21" s="3">
         <v>429884</v>
       </c>
       <c r="F21" s="3">
         <v>287723</v>
       </c>
       <c r="G21" s="3">
-        <v>37629</v>
+        <v>39598</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="3">
-        <v>778696</v>
+        <v>780665</v>
       </c>
       <c r="E22" s="3">
         <v>435408</v>
       </c>
       <c r="F22" s="3">
         <v>302856</v>
       </c>
       <c r="G22" s="3">
-        <v>40432</v>
+        <v>42401</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="42.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>