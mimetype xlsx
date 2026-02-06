--- v0 (2025-11-20)
+++ v1 (2026-02-06)
@@ -1162,57 +1162,59 @@
         <v>57</v>
       </c>
       <c r="C21">
         <v>44995</v>
       </c>
       <c r="D21" s="3">
         <v>681</v>
       </c>
       <c r="E21" s="3"/>
       <c r="F21" s="3">
         <v>681</v>
       </c>
       <c r="G21" s="3"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>58</v>
       </c>
       <c r="B22" t="s">
         <v>59</v>
       </c>
       <c r="C22">
         <v>45184</v>
       </c>
       <c r="D22" s="3">
-        <v>7067</v>
+        <v>7806</v>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="3">
         <v>7067</v>
       </c>
-      <c r="G22" s="3"/>
+      <c r="G22" s="3">
+        <v>739</v>
+      </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>60</v>
       </c>
       <c r="B23" t="s">
         <v>61</v>
       </c>
       <c r="C23">
         <v>45050</v>
       </c>
       <c r="D23" s="3">
         <v>1101</v>
       </c>
       <c r="E23" s="3"/>
       <c r="F23" s="3">
         <v>1091</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>62</v>
@@ -1316,77 +1318,77 @@
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>70</v>
       </c>
       <c r="B29" t="s">
         <v>71</v>
       </c>
       <c r="C29">
         <v>45086</v>
       </c>
       <c r="D29" s="3">
         <v>1917</v>
       </c>
       <c r="E29" s="3"/>
       <c r="F29" s="3">
         <v>1917</v>
       </c>
       <c r="G29" s="3"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="3">
-        <v>187296</v>
+        <v>188035</v>
       </c>
       <c r="E30" s="3">
         <v>105806</v>
       </c>
       <c r="F30" s="3">
         <v>79914</v>
       </c>
       <c r="G30" s="3">
-        <v>1576</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>73</v>
       </c>
       <c r="D31" s="3">
-        <v>193712</v>
+        <v>194451</v>
       </c>
       <c r="E31" s="3">
         <v>106983</v>
       </c>
       <c r="F31" s="3">
         <v>85144</v>
       </c>
       <c r="G31" s="3">
-        <v>1585</v>
+        <v>2324</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="57.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>