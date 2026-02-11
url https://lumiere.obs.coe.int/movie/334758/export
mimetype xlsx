--- v0 (2025-11-13)
+++ v1 (2026-02-11)
@@ -1110,60 +1110,60 @@
         <v>51</v>
       </c>
       <c r="B17" t="s">
         <v>25</v>
       </c>
       <c r="D17" s="3">
         <v>4</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="3">
         <v>4</v>
       </c>
       <c r="G17" s="3"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>52</v>
       </c>
       <c r="B18" t="s">
         <v>27</v>
       </c>
       <c r="C18">
         <v>44854</v>
       </c>
       <c r="D18" s="3">
-        <v>10562</v>
+        <v>10551</v>
       </c>
       <c r="E18" s="3">
         <v>9417</v>
       </c>
       <c r="F18" s="3">
         <v>843</v>
       </c>
       <c r="G18" s="3">
-        <v>302</v>
+        <v>291</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>53</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="3">
         <v>69</v>
       </c>
       <c r="E19" s="3">
         <v>69</v>
       </c>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>55</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
@@ -1303,77 +1303,77 @@
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>67</v>
       </c>
       <c r="B27" t="s">
         <v>68</v>
       </c>
       <c r="C27">
         <v>45079</v>
       </c>
       <c r="D27" s="3">
         <v>1081</v>
       </c>
       <c r="E27" s="3"/>
       <c r="F27" s="3">
         <v>1081</v>
       </c>
       <c r="G27" s="3"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>69</v>
       </c>
       <c r="D28" s="3">
-        <v>173117</v>
+        <v>173106</v>
       </c>
       <c r="E28" s="3">
         <v>147302</v>
       </c>
       <c r="F28" s="3">
         <v>24435</v>
       </c>
       <c r="G28" s="3">
-        <v>1380</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>70</v>
       </c>
       <c r="D29" s="3">
-        <v>177906</v>
+        <v>177895</v>
       </c>
       <c r="E29" s="3">
         <v>148726</v>
       </c>
       <c r="F29" s="3">
         <v>27800</v>
       </c>
       <c r="G29" s="3">
-        <v>1380</v>
+        <v>1369</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>