--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -680,57 +680,59 @@
       </c>
       <c r="D1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" t="s">
         <v>25</v>
       </c>
       <c r="C2">
         <v>44939</v>
       </c>
       <c r="D2" s="3">
-        <v>9541</v>
+        <v>9993</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>9541</v>
       </c>
-      <c r="G2" s="3"/>
+      <c r="G2" s="3">
+        <v>452</v>
+      </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>26</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="C3">
         <v>44839</v>
       </c>
       <c r="D3" s="3">
         <v>3836</v>
       </c>
       <c r="E3" s="3">
         <v>3788</v>
       </c>
       <c r="F3" s="3">
         <v>48</v>
       </c>
       <c r="G3" s="3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>28</v>
@@ -836,77 +838,77 @@
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>38</v>
       </c>
       <c r="C9">
         <v>44832</v>
       </c>
       <c r="D9" s="3">
         <v>225</v>
       </c>
       <c r="E9" s="3">
         <v>225</v>
       </c>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>39</v>
       </c>
       <c r="D10" s="3">
-        <v>249735</v>
+        <v>250187</v>
       </c>
       <c r="E10" s="3">
         <v>151010</v>
       </c>
       <c r="F10" s="3">
         <v>95735</v>
       </c>
       <c r="G10" s="3">
-        <v>2990</v>
+        <v>3442</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>40</v>
       </c>
       <c r="D11" s="3">
-        <v>251878</v>
+        <v>252330</v>
       </c>
       <c r="E11" s="3">
         <v>153015</v>
       </c>
       <c r="F11" s="3">
         <v>95873</v>
       </c>
       <c r="G11" s="3">
-        <v>2990</v>
+        <v>3442</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="42.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>