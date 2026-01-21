--- v0 (2025-12-13)
+++ v1 (2026-01-21)
@@ -656,58 +656,58 @@
       </c>
       <c r="D1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" t="s">
         <v>25</v>
       </c>
       <c r="C2">
         <v>45273</v>
       </c>
       <c r="D2" s="3">
-        <v>1541</v>
+        <v>2091</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>1223</v>
       </c>
       <c r="G2" s="3">
-        <v>318</v>
+        <v>868</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>26</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="D3" s="3">
         <v>16</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3">
         <v>16</v>
       </c>
       <c r="G3" s="3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
@@ -790,127 +790,127 @@
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="D8" s="3">
         <v>130</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3">
         <v>91</v>
       </c>
       <c r="G8" s="3">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9">
         <v>45274</v>
       </c>
       <c r="D9" s="3">
-        <v>2354</v>
+        <v>2317</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3">
         <v>1770</v>
       </c>
       <c r="G9" s="3">
-        <v>584</v>
+        <v>547</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>39</v>
       </c>
       <c r="D10" s="3">
         <v>22</v>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="3">
         <v>22</v>
       </c>
       <c r="G10" s="3"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>40</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11">
         <v>45008</v>
       </c>
       <c r="D11" s="3">
         <v>564</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3">
         <v>564</v>
       </c>
       <c r="G11" s="3"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="3">
-        <v>216996</v>
+        <v>217509</v>
       </c>
       <c r="E12" s="3">
         <v>76367</v>
       </c>
       <c r="F12" s="3">
         <v>136921</v>
       </c>
       <c r="G12" s="3">
-        <v>3708</v>
+        <v>4221</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="3">
-        <v>217012</v>
+        <v>217525</v>
       </c>
       <c r="E13" s="3">
         <v>76367</v>
       </c>
       <c r="F13" s="3">
         <v>136937</v>
       </c>
       <c r="G13" s="3">
-        <v>3708</v>
+        <v>4221</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>