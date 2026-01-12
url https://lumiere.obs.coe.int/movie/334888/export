--- v0 (2025-11-30)
+++ v1 (2026-01-12)
@@ -739,51 +739,51 @@
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="7" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="5" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
@@ -811,58 +811,58 @@
         <v>26</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="D3" s="3">
         <v>34</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3">
         <v>34</v>
       </c>
       <c r="G3" s="3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
       <c r="C4">
         <v>45014</v>
       </c>
       <c r="D4" s="3">
-        <v>24173</v>
+        <v>24375</v>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3">
         <v>24057</v>
       </c>
       <c r="G4" s="3">
-        <v>116</v>
+        <v>318</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
       <c r="C5">
         <v>44994</v>
       </c>
       <c r="D5" s="3">
         <v>16468</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3">
         <v>16055</v>
       </c>
       <c r="G5" s="3">
         <v>413</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
@@ -1004,57 +1004,59 @@
       <c r="C12">
         <v>45051</v>
       </c>
       <c r="D12" s="3">
         <v>7064</v>
       </c>
       <c r="E12" s="3"/>
       <c r="F12" s="3">
         <v>6891</v>
       </c>
       <c r="G12" s="3">
         <v>173</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>46</v>
       </c>
       <c r="B13" t="s">
         <v>47</v>
       </c>
       <c r="C13">
         <v>45015</v>
       </c>
       <c r="D13" s="3">
-        <v>20692</v>
+        <v>21395</v>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3">
         <v>20692</v>
       </c>
-      <c r="G13" s="3"/>
+      <c r="G13" s="3">
+        <v>703</v>
+      </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>48</v>
       </c>
       <c r="B14" t="s">
         <v>27</v>
       </c>
       <c r="C14">
         <v>45197</v>
       </c>
       <c r="D14" s="3">
         <v>583</v>
       </c>
       <c r="E14" s="3"/>
       <c r="F14" s="3">
         <v>583</v>
       </c>
       <c r="G14" s="3"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>49</v>
       </c>
       <c r="B15" t="s">
@@ -1155,94 +1157,96 @@
         <v>55</v>
       </c>
       <c r="B20" t="s">
         <v>27</v>
       </c>
       <c r="D20" s="3">
         <v>64</v>
       </c>
       <c r="E20" s="3"/>
       <c r="F20" s="3">
         <v>64</v>
       </c>
       <c r="G20" s="3"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>56</v>
       </c>
       <c r="B21" t="s">
         <v>29</v>
       </c>
       <c r="C21">
         <v>45008</v>
       </c>
       <c r="D21" s="3">
-        <v>61104</v>
+        <v>61278</v>
       </c>
       <c r="E21" s="3"/>
       <c r="F21" s="3">
         <v>59726</v>
       </c>
       <c r="G21" s="3">
-        <v>1378</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>57</v>
       </c>
       <c r="B22" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="3">
         <v>1344</v>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="3">
         <v>1344</v>
       </c>
       <c r="G22" s="3"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>59</v>
       </c>
       <c r="B23" t="s">
         <v>60</v>
       </c>
       <c r="C23">
         <v>45191</v>
       </c>
       <c r="D23" s="3">
-        <v>9032</v>
+        <v>9674</v>
       </c>
       <c r="E23" s="3"/>
       <c r="F23" s="3">
         <v>9032</v>
       </c>
-      <c r="G23" s="3"/>
+      <c r="G23" s="3">
+        <v>642</v>
+      </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>61</v>
       </c>
       <c r="B24" t="s">
         <v>62</v>
       </c>
       <c r="C24">
         <v>45022</v>
       </c>
       <c r="D24" s="3">
         <v>652</v>
       </c>
       <c r="E24" s="3"/>
       <c r="F24" s="3">
         <v>652</v>
       </c>
       <c r="G24" s="3"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>63</v>
       </c>
       <c r="B25" t="s">
@@ -1308,77 +1312,77 @@
       <c r="A28" t="s">
         <v>68</v>
       </c>
       <c r="B28" t="s">
         <v>69</v>
       </c>
       <c r="C28">
         <v>45071</v>
       </c>
       <c r="D28" s="3">
         <v>723</v>
       </c>
       <c r="E28" s="3"/>
       <c r="F28" s="3">
         <v>716</v>
       </c>
       <c r="G28" s="3">
         <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>70</v>
       </c>
       <c r="D29" s="3">
-        <v>469359</v>
+        <v>471080</v>
       </c>
       <c r="E29" s="3">
         <v>5670</v>
       </c>
       <c r="F29" s="3">
         <v>454693</v>
       </c>
       <c r="G29" s="3">
-        <v>8996</v>
+        <v>10717</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>71</v>
       </c>
       <c r="D30" s="3">
-        <v>487269</v>
+        <v>488990</v>
       </c>
       <c r="E30" s="3">
         <v>5670</v>
       </c>
       <c r="F30" s="3">
         <v>472190</v>
       </c>
       <c r="G30" s="3">
-        <v>9409</v>
+        <v>11130</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>