--- v0 (2026-01-02)
+++ v1 (2026-02-07)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="96">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>M3GAN</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Gerard Johnstone</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>US, NZ</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -275,50 +275,53 @@
     <t>AE,AU,BR,CA,CO,DE,DK,EC,EG,ES,FR,GB,HK,ID,IN,IT,MX,NL,PT,SG,ZA</t>
   </si>
   <si>
     <t>M3gan</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>MEgan</t>
   </si>
   <si>
     <t>BG,RU</t>
   </si>
   <si>
     <t>М3ган</t>
   </si>
   <si>
     <t>CA,HU,NO,PH,US,UY</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>M3gan／ミーガン</t>
+  </si>
+  <si>
+    <t>M3GAN: Unrated</t>
   </si>
   <si>
     <t>MEGAN</t>
   </si>
   <si>
     <t>Don't Meet M3gan</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>窒友梅根</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>М3ґан</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>人工殺姬</t>
   </si>
@@ -1461,51 +1464,51 @@
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>77</v>
       </c>
       <c r="D36" s="3">
         <v>3626178</v>
       </c>
       <c r="E36" s="3">
         <v>162074</v>
       </c>
       <c r="F36" s="3">
         <v>3463954</v>
       </c>
       <c r="G36" s="3">
         <v>150</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B11"/>
+  <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="60" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>78</v>
       </c>
       <c r="B2" t="s">
         <v>79</v>
       </c>
     </row>
@@ -1520,87 +1523,92 @@
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>82</v>
       </c>
       <c r="B4" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>84</v>
       </c>
       <c r="B5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>85</v>
       </c>
       <c r="B6" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="B8" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
         <v>93</v>
       </c>
-      <c r="B11" t="s">
+    </row>
+    <row r="12" spans="1:2">
+      <c r="A12" t="s">
         <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>