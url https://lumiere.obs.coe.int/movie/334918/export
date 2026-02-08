--- v0 (2025-11-20)
+++ v1 (2026-02-08)
@@ -973,59 +973,61 @@
       </c>
       <c r="D9" s="3">
         <v>13389</v>
       </c>
       <c r="E9" s="3">
         <v>13108</v>
       </c>
       <c r="F9" s="3">
         <v>279</v>
       </c>
       <c r="G9" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>40</v>
       </c>
       <c r="B10" t="s">
         <v>41</v>
       </c>
       <c r="C10">
         <v>44874</v>
       </c>
       <c r="D10" s="3">
-        <v>60080</v>
+        <v>60323</v>
       </c>
       <c r="E10" s="3">
         <v>47761</v>
       </c>
       <c r="F10" s="3">
         <v>12319</v>
       </c>
-      <c r="G10" s="3"/>
+      <c r="G10" s="3">
+        <v>243</v>
+      </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>43</v>
       </c>
       <c r="C11">
         <v>45037</v>
       </c>
       <c r="D11" s="3">
         <v>1900</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3">
         <v>1900</v>
       </c>
       <c r="G11" s="3"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>44</v>
       </c>
       <c r="B12" t="s">
@@ -1332,77 +1334,77 @@
       <c r="A28" t="s">
         <v>71</v>
       </c>
       <c r="B28" t="s">
         <v>33</v>
       </c>
       <c r="C28">
         <v>44994</v>
       </c>
       <c r="D28" s="3">
         <v>205</v>
       </c>
       <c r="E28" s="3">
         <v>94</v>
       </c>
       <c r="F28" s="3">
         <v>111</v>
       </c>
       <c r="G28" s="3"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>72</v>
       </c>
       <c r="D29" s="3">
-        <v>105350</v>
+        <v>105593</v>
       </c>
       <c r="E29" s="3">
         <v>62997</v>
       </c>
       <c r="F29" s="3">
         <v>41141</v>
       </c>
       <c r="G29" s="3">
-        <v>1212</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>73</v>
       </c>
       <c r="D30" s="3">
-        <v>109837</v>
+        <v>110080</v>
       </c>
       <c r="E30" s="3">
         <v>63852</v>
       </c>
       <c r="F30" s="3">
         <v>44753</v>
       </c>
       <c r="G30" s="3">
-        <v>1232</v>
+        <v>1475</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="45.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>