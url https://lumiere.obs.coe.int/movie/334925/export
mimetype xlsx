--- v0 (2025-11-21)
+++ v1 (2025-12-17)
@@ -142,57 +142,57 @@
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Stowarzyszenie Nowe Horyzonty</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Nitrato Filmes</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CH,NL</t>
+  </si>
+  <si>
     <t>CA,NL,SE</t>
   </si>
   <si>
     <t>A Piece of Sky</t>
-  </si>
-[...1 lines deleted...]
-    <t>CH,NL</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Um Pedaço do Céu</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>愛別四季</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>冬日蒼穹</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Tri zime</t>
   </si>
@@ -953,59 +953,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>42</v>
       </c>
       <c r="B2" t="s">
-        <v>43</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>45</v>
       </c>
       <c r="B4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>47</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>49</v>
       </c>
       <c r="B6" t="s">
         <v>50</v>
       </c>