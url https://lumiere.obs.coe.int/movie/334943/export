--- v0 (2025-12-03)
+++ v1 (2026-01-13)
@@ -1146,57 +1146,59 @@
       </c>
       <c r="D15" s="3">
         <v>79191</v>
       </c>
       <c r="E15" s="3">
         <v>32438</v>
       </c>
       <c r="F15" s="3">
         <v>46670</v>
       </c>
       <c r="G15" s="3">
         <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>52</v>
       </c>
       <c r="B16" t="s">
         <v>53</v>
       </c>
       <c r="C16">
         <v>45141</v>
       </c>
       <c r="D16" s="3">
-        <v>25854</v>
+        <v>26162</v>
       </c>
       <c r="E16" s="3"/>
       <c r="F16" s="3">
         <v>25854</v>
       </c>
-      <c r="G16" s="3"/>
+      <c r="G16" s="3">
+        <v>308</v>
+      </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>54</v>
       </c>
       <c r="B17" t="s">
         <v>55</v>
       </c>
       <c r="C17">
         <v>45085</v>
       </c>
       <c r="D17" s="3">
         <v>13129</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="3">
         <v>12536</v>
       </c>
       <c r="G17" s="3">
         <v>593</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>56</v>
@@ -1493,77 +1495,77 @@
       <c r="A33" t="s">
         <v>81</v>
       </c>
       <c r="B33" t="s">
         <v>82</v>
       </c>
       <c r="C33">
         <v>44946</v>
       </c>
       <c r="D33" s="3">
         <v>68700</v>
       </c>
       <c r="E33" s="3"/>
       <c r="F33" s="3">
         <v>68564</v>
       </c>
       <c r="G33" s="3">
         <v>136</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>83</v>
       </c>
       <c r="D34" s="3">
-        <v>1868138</v>
+        <v>1868446</v>
       </c>
       <c r="E34" s="3">
         <v>68717</v>
       </c>
       <c r="F34" s="3">
         <v>1794352</v>
       </c>
       <c r="G34" s="3">
-        <v>5069</v>
+        <v>5377</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>84</v>
       </c>
       <c r="D35" s="3">
-        <v>1994014</v>
+        <v>1994322</v>
       </c>
       <c r="E35" s="3">
         <v>68717</v>
       </c>
       <c r="F35" s="3">
         <v>1919930</v>
       </c>
       <c r="G35" s="3">
-        <v>5367</v>
+        <v>5675</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="43.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="43" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>