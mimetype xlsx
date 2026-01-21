--- v0 (2025-12-07)
+++ v1 (2026-01-21)
@@ -745,59 +745,61 @@
       <c r="C5">
         <v>45083</v>
       </c>
       <c r="D5" s="3">
         <v>1917</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3">
         <v>1898</v>
       </c>
       <c r="G5" s="3">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
       <c r="C6">
         <v>45028</v>
       </c>
       <c r="D6" s="3">
-        <v>29744</v>
+        <v>30071</v>
       </c>
       <c r="E6" s="3">
         <v>1723</v>
       </c>
       <c r="F6" s="3">
         <v>28021</v>
       </c>
-      <c r="G6" s="3"/>
+      <c r="G6" s="3">
+        <v>327</v>
+      </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7">
         <v>45407</v>
       </c>
       <c r="D7" s="3">
         <v>112</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3">
         <v>112</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
@@ -888,77 +890,77 @@
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>43</v>
       </c>
       <c r="B13" t="s">
         <v>25</v>
       </c>
       <c r="C13">
         <v>45029</v>
       </c>
       <c r="D13" s="3">
         <v>238</v>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3">
         <v>238</v>
       </c>
       <c r="G13" s="3"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="3">
-        <v>50700</v>
+        <v>51027</v>
       </c>
       <c r="E14" s="3">
         <v>9408</v>
       </c>
       <c r="F14" s="3">
         <v>41076</v>
       </c>
       <c r="G14" s="3">
-        <v>216</v>
+        <v>543</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="3">
-        <v>50980</v>
+        <v>51307</v>
       </c>
       <c r="E15" s="3">
         <v>9408</v>
       </c>
       <c r="F15" s="3">
         <v>41356</v>
       </c>
       <c r="G15" s="3">
-        <v>216</v>
+        <v>543</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>