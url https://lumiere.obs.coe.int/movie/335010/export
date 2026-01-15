--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -700,57 +700,59 @@
       <c r="C4">
         <v>44890</v>
       </c>
       <c r="D4" s="3">
         <v>136258</v>
       </c>
       <c r="E4" s="3">
         <v>127139</v>
       </c>
       <c r="F4" s="3">
         <v>9119</v>
       </c>
       <c r="G4" s="3"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5">
         <v>45092</v>
       </c>
       <c r="D5" s="3">
-        <v>4330</v>
+        <v>4715</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3">
         <v>4330</v>
       </c>
-      <c r="G5" s="3"/>
+      <c r="G5" s="3">
+        <v>385</v>
+      </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6">
         <v>44931</v>
       </c>
       <c r="D6" s="3">
         <v>7810</v>
       </c>
       <c r="E6" s="3">
         <v>1449</v>
       </c>
       <c r="F6" s="3">
         <v>6261</v>
       </c>
       <c r="G6" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:7">
@@ -814,77 +816,77 @@
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>34</v>
       </c>
       <c r="B10" t="s">
         <v>35</v>
       </c>
       <c r="C10">
         <v>45163</v>
       </c>
       <c r="D10" s="3">
         <v>6221</v>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="3">
         <v>6221</v>
       </c>
       <c r="G10" s="3"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="3">
-        <v>170315</v>
+        <v>170700</v>
       </c>
       <c r="E11" s="3">
         <v>128588</v>
       </c>
       <c r="F11" s="3">
         <v>39199</v>
       </c>
       <c r="G11" s="3">
-        <v>2528</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="3">
-        <v>170315</v>
+        <v>170700</v>
       </c>
       <c r="E12" s="3">
         <v>128588</v>
       </c>
       <c r="F12" s="3">
         <v>39199</v>
       </c>
       <c r="G12" s="3">
-        <v>2528</v>
+        <v>2913</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>