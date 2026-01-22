--- v0 (2025-12-12)
+++ v1 (2026-01-22)
@@ -702,58 +702,58 @@
         <v>25</v>
       </c>
       <c r="C2">
         <v>45134</v>
       </c>
       <c r="D2" s="3">
         <v>1597</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>1597</v>
       </c>
       <c r="G2" s="3"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>26</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="C3">
         <v>44839</v>
       </c>
       <c r="D3" s="3">
-        <v>33789</v>
+        <v>35029</v>
       </c>
       <c r="E3" s="3">
         <v>33712</v>
       </c>
       <c r="F3" s="3"/>
       <c r="G3" s="3">
-        <v>77</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
       <c r="C4">
         <v>44839</v>
       </c>
       <c r="D4" s="3">
         <v>13863</v>
       </c>
       <c r="E4" s="3">
         <v>13693</v>
       </c>
       <c r="F4" s="3">
         <v>170</v>
       </c>
       <c r="G4" s="3"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
@@ -919,77 +919,77 @@
       <c r="A13" t="s">
         <v>42</v>
       </c>
       <c r="B13" t="s">
         <v>43</v>
       </c>
       <c r="C13">
         <v>45240</v>
       </c>
       <c r="D13" s="3">
         <v>236</v>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3">
         <v>219</v>
       </c>
       <c r="G13" s="3">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="3">
-        <v>2461018</v>
+        <v>2462258</v>
       </c>
       <c r="E14" s="3">
         <v>2415946</v>
       </c>
       <c r="F14" s="3">
         <v>44745</v>
       </c>
       <c r="G14" s="3">
-        <v>327</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="3">
-        <v>2476478</v>
+        <v>2477718</v>
       </c>
       <c r="E15" s="3">
         <v>2429639</v>
       </c>
       <c r="F15" s="3">
         <v>46512</v>
       </c>
       <c r="G15" s="3">
-        <v>327</v>
+        <v>1567</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>