--- v0 (2025-11-27)
+++ v1 (2026-02-10)
@@ -639,96 +639,98 @@
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="7" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="5" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2">
         <v>44854</v>
       </c>
       <c r="D2" s="3">
-        <v>45686</v>
+        <v>45929</v>
       </c>
       <c r="E2" s="3">
         <v>32557</v>
       </c>
       <c r="F2" s="3">
         <v>13129</v>
       </c>
-      <c r="G2" s="3"/>
+      <c r="G2" s="3">
+        <v>243</v>
+      </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>24</v>
       </c>
       <c r="B3" t="s">
         <v>25</v>
       </c>
       <c r="C3">
         <v>44854</v>
       </c>
       <c r="D3" s="3">
         <v>20960</v>
       </c>
       <c r="E3" s="3">
         <v>12185</v>
       </c>
       <c r="F3" s="3">
         <v>8760</v>
       </c>
       <c r="G3" s="3">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:7">
@@ -866,57 +868,59 @@
         <v>29</v>
       </c>
       <c r="C11">
         <v>44974</v>
       </c>
       <c r="D11" s="3">
         <v>7674</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3">
         <v>7674</v>
       </c>
       <c r="G11" s="3"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>38</v>
       </c>
       <c r="B12" t="s">
         <v>39</v>
       </c>
       <c r="C12">
         <v>45247</v>
       </c>
       <c r="D12" s="3">
-        <v>8595</v>
+        <v>28081</v>
       </c>
       <c r="E12" s="3"/>
       <c r="F12" s="3">
         <v>8595</v>
       </c>
-      <c r="G12" s="3"/>
+      <c r="G12" s="3">
+        <v>19486</v>
+      </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>40</v>
       </c>
       <c r="B13" t="s">
         <v>41</v>
       </c>
       <c r="C13">
         <v>44798</v>
       </c>
       <c r="D13" s="3">
         <v>20082</v>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3">
         <v>19976</v>
       </c>
       <c r="G13" s="3">
         <v>106</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>42</v>
@@ -940,77 +944,77 @@
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>44</v>
       </c>
       <c r="B15" t="s">
         <v>45</v>
       </c>
       <c r="C15">
         <v>45149</v>
       </c>
       <c r="D15" s="3">
         <v>9241</v>
       </c>
       <c r="E15" s="3"/>
       <c r="F15" s="3">
         <v>9241</v>
       </c>
       <c r="G15" s="3"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="3">
-        <v>531979</v>
+        <v>551708</v>
       </c>
       <c r="E16" s="3">
         <v>273103</v>
       </c>
       <c r="F16" s="3">
         <v>253276</v>
       </c>
       <c r="G16" s="3">
-        <v>5600</v>
+        <v>25329</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>47</v>
       </c>
       <c r="D17" s="3">
-        <v>569854</v>
+        <v>589583</v>
       </c>
       <c r="E17" s="3">
         <v>285288</v>
       </c>
       <c r="F17" s="3">
         <v>278951</v>
       </c>
       <c r="G17" s="3">
-        <v>5615</v>
+        <v>25344</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="53.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>