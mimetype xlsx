--- v0 (2025-12-10)
+++ v1 (2026-01-10)
@@ -940,101 +940,105 @@
         <v>37</v>
       </c>
       <c r="C8">
         <v>45009</v>
       </c>
       <c r="D8" s="3">
         <v>1119</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3">
         <v>1119</v>
       </c>
       <c r="G8" s="3"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
       <c r="C9">
         <v>44916</v>
       </c>
       <c r="D9" s="3">
-        <v>105571</v>
+        <v>105762</v>
       </c>
       <c r="E9" s="3">
         <v>49882</v>
       </c>
       <c r="F9" s="3">
         <v>55689</v>
       </c>
-      <c r="G9" s="3"/>
+      <c r="G9" s="3">
+        <v>191</v>
+      </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>40</v>
       </c>
       <c r="B10" t="s">
         <v>41</v>
       </c>
       <c r="C10">
         <v>45023</v>
       </c>
       <c r="D10" s="3">
         <v>19711</v>
       </c>
       <c r="E10" s="3">
         <v>1410</v>
       </c>
       <c r="F10" s="3">
         <v>18207</v>
       </c>
       <c r="G10" s="3">
         <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>43</v>
       </c>
       <c r="C11">
         <v>44952</v>
       </c>
       <c r="D11" s="3">
-        <v>8793</v>
+        <v>9007</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3">
         <v>8793</v>
       </c>
-      <c r="G11" s="3"/>
+      <c r="G11" s="3">
+        <v>214</v>
+      </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>44</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12">
         <v>44896</v>
       </c>
       <c r="D12" s="3">
         <v>1786</v>
       </c>
       <c r="E12" s="3">
         <v>1346</v>
       </c>
       <c r="F12" s="3">
         <v>440</v>
       </c>
       <c r="G12" s="3"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>45</v>
@@ -1192,57 +1196,59 @@
       <c r="C20">
         <v>44967</v>
       </c>
       <c r="D20" s="3">
         <v>3751</v>
       </c>
       <c r="E20" s="3">
         <v>44</v>
       </c>
       <c r="F20" s="3">
         <v>3707</v>
       </c>
       <c r="G20" s="3"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>58</v>
       </c>
       <c r="B21" t="s">
         <v>59</v>
       </c>
       <c r="C21">
         <v>44939</v>
       </c>
       <c r="D21" s="3">
-        <v>12963</v>
+        <v>13176</v>
       </c>
       <c r="E21" s="3"/>
       <c r="F21" s="3">
         <v>12963</v>
       </c>
-      <c r="G21" s="3"/>
+      <c r="G21" s="3">
+        <v>213</v>
+      </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>60</v>
       </c>
       <c r="B22" t="s">
         <v>61</v>
       </c>
       <c r="C22">
         <v>45085</v>
       </c>
       <c r="D22" s="3">
         <v>1912</v>
       </c>
       <c r="E22" s="3"/>
       <c r="F22" s="3">
         <v>1912</v>
       </c>
       <c r="G22" s="3"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>62</v>
       </c>
       <c r="B23" t="s">
@@ -1306,77 +1312,77 @@
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>68</v>
       </c>
       <c r="B26" t="s">
         <v>69</v>
       </c>
       <c r="C26">
         <v>45121</v>
       </c>
       <c r="D26" s="3">
         <v>2474</v>
       </c>
       <c r="E26" s="3"/>
       <c r="F26" s="3">
         <v>2474</v>
       </c>
       <c r="G26" s="3"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>70</v>
       </c>
       <c r="D27" s="3">
-        <v>282381</v>
+        <v>282999</v>
       </c>
       <c r="E27" s="3">
         <v>61349</v>
       </c>
       <c r="F27" s="3">
         <v>219965</v>
       </c>
       <c r="G27" s="3">
-        <v>1067</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>71</v>
       </c>
       <c r="D28" s="3">
-        <v>293208</v>
+        <v>293826</v>
       </c>
       <c r="E28" s="3">
         <v>61393</v>
       </c>
       <c r="F28" s="3">
         <v>230535</v>
       </c>
       <c r="G28" s="3">
-        <v>1280</v>
+        <v>1898</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="32" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>