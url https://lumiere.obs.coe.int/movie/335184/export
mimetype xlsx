--- v0 (2025-11-20)
+++ v1 (2026-02-10)
@@ -667,59 +667,61 @@
       </c>
       <c r="D3" s="3">
         <v>5319</v>
       </c>
       <c r="E3" s="3">
         <v>4418</v>
       </c>
       <c r="F3" s="3">
         <v>889</v>
       </c>
       <c r="G3" s="3">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
       <c r="C4">
         <v>44923</v>
       </c>
       <c r="D4" s="3">
-        <v>8043</v>
+        <v>8337</v>
       </c>
       <c r="E4" s="3">
         <v>3422</v>
       </c>
       <c r="F4" s="3">
         <v>4621</v>
       </c>
-      <c r="G4" s="3"/>
+      <c r="G4" s="3">
+        <v>294</v>
+      </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5">
         <v>45190</v>
       </c>
       <c r="D5" s="3">
         <v>693</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3">
         <v>691</v>
       </c>
       <c r="G5" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>28</v>
@@ -757,77 +759,77 @@
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>33</v>
       </c>
       <c r="C8">
         <v>44842</v>
       </c>
       <c r="D8" s="3">
         <v>42</v>
       </c>
       <c r="E8" s="3">
         <v>42</v>
       </c>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>34</v>
       </c>
       <c r="D9" s="3">
-        <v>18778</v>
+        <v>19072</v>
       </c>
       <c r="E9" s="3">
         <v>8464</v>
       </c>
       <c r="F9" s="3">
         <v>10300</v>
       </c>
       <c r="G9" s="3">
-        <v>14</v>
+        <v>308</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>35</v>
       </c>
       <c r="D10" s="3">
-        <v>18797</v>
+        <v>19091</v>
       </c>
       <c r="E10" s="3">
         <v>8483</v>
       </c>
       <c r="F10" s="3">
         <v>10300</v>
       </c>
       <c r="G10" s="3">
-        <v>14</v>
+        <v>308</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>