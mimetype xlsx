--- v0 (2025-12-13)
+++ v1 (2026-01-08)
@@ -909,90 +909,92 @@
       <c r="C12">
         <v>45149</v>
       </c>
       <c r="D12" s="3">
         <v>860</v>
       </c>
       <c r="E12" s="3"/>
       <c r="F12" s="3">
         <v>822</v>
       </c>
       <c r="G12" s="3">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>43</v>
       </c>
       <c r="B13" t="s">
         <v>44</v>
       </c>
       <c r="C13">
         <v>45177</v>
       </c>
       <c r="D13" s="3">
-        <v>99948</v>
+        <v>103078</v>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3">
         <v>99948</v>
       </c>
-      <c r="G13" s="3"/>
+      <c r="G13" s="3">
+        <v>3130</v>
+      </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="3">
-        <v>856820</v>
+        <v>859950</v>
       </c>
       <c r="E14" s="3">
         <v>391119</v>
       </c>
       <c r="F14" s="3">
         <v>462141</v>
       </c>
       <c r="G14" s="3">
-        <v>3560</v>
+        <v>6690</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="3">
-        <v>867903</v>
+        <v>871033</v>
       </c>
       <c r="E15" s="3">
         <v>394238</v>
       </c>
       <c r="F15" s="3">
         <v>470067</v>
       </c>
       <c r="G15" s="3">
-        <v>3598</v>
+        <v>6728</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>