--- v0 (2025-12-17)
+++ v1 (2026-01-10)
@@ -716,60 +716,60 @@
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="D2" s="3">
         <v>67</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>67</v>
       </c>
       <c r="G2" s="3"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>24</v>
       </c>
       <c r="B3" t="s">
         <v>25</v>
       </c>
       <c r="C3">
         <v>44853</v>
       </c>
       <c r="D3" s="3">
-        <v>10282</v>
+        <v>10249</v>
       </c>
       <c r="E3" s="3">
         <v>6565</v>
       </c>
       <c r="F3" s="3">
         <v>3138</v>
       </c>
       <c r="G3" s="3">
-        <v>579</v>
+        <v>546</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>26</v>
       </c>
       <c r="B4" t="s">
         <v>27</v>
       </c>
       <c r="C4">
         <v>44853</v>
       </c>
       <c r="D4" s="3">
         <v>5911</v>
       </c>
       <c r="E4" s="3">
         <v>5092</v>
       </c>
       <c r="F4" s="3">
         <v>819</v>
       </c>
       <c r="G4" s="3"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
@@ -949,77 +949,77 @@
       <c r="A14" t="s">
         <v>42</v>
       </c>
       <c r="B14" t="s">
         <v>43</v>
       </c>
       <c r="C14">
         <v>44913</v>
       </c>
       <c r="D14" s="3">
         <v>454</v>
       </c>
       <c r="E14" s="3">
         <v>195</v>
       </c>
       <c r="F14" s="3">
         <v>259</v>
       </c>
       <c r="G14" s="3"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="3">
-        <v>546988</v>
+        <v>546955</v>
       </c>
       <c r="E15" s="3">
         <v>476795</v>
       </c>
       <c r="F15" s="3">
         <v>57020</v>
       </c>
       <c r="G15" s="3">
-        <v>13173</v>
+        <v>13140</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>45</v>
       </c>
       <c r="D16" s="3">
-        <v>554557</v>
+        <v>554524</v>
       </c>
       <c r="E16" s="3">
         <v>481897</v>
       </c>
       <c r="F16" s="3">
         <v>59487</v>
       </c>
       <c r="G16" s="3">
-        <v>13173</v>
+        <v>13140</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="48" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>