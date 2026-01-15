--- v0 (2025-12-06)
+++ v1 (2026-01-15)
@@ -109,54 +109,54 @@
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Fathom Events</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>CGV Mars Dağıtım</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>シン・ウルトラマン</t>
   </si>
   <si>
+    <t>AE,CA,DE,EG,ES,FR,GB,HK,ID,IE,IN,IT,MY,NL,PH,SE,SG,TH,TR,TW,US,ZA</t>
+  </si>
+  <si>
     <t>Shin Urutoraman</t>
-  </si>
-[...1 lines deleted...]
-    <t>AE,CA,DE,EG,ES,FR,GB,HK,ID,IE,IN,IT,MY,NL,PH,SE,SG,TH,TR,TW,US,ZA</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>新·超人力霸王</t>
   </si>
   <si>
     <t>Shin Ultraman: A Special Effects Fantasy Movie</t>
   </si>
   <si>
     <t>シン・ウルトラマン 空想特撮映画</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Tân Siêu Nhân Điện Quang</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>신 울트라맨</t>
   </si>
@@ -801,62 +801,62 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="61.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="42" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B3" t="s">
-        <v>31</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B4" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>33</v>
       </c>
       <c r="B5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>