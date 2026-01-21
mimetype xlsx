--- v0 (2025-11-20)
+++ v1 (2026-01-21)
@@ -850,57 +850,59 @@
         <v>36</v>
       </c>
       <c r="C9">
         <v>45204</v>
       </c>
       <c r="D9" s="3">
         <v>903</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3">
         <v>903</v>
       </c>
       <c r="G9" s="3"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>37</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>45225</v>
       </c>
       <c r="D10" s="3">
-        <v>78</v>
+        <v>278</v>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="3">
         <v>78</v>
       </c>
-      <c r="G10" s="3"/>
+      <c r="G10" s="3">
+        <v>200</v>
+      </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>38</v>
       </c>
       <c r="B11" t="s">
         <v>34</v>
       </c>
       <c r="C11">
         <v>45107</v>
       </c>
       <c r="D11" s="3">
         <v>320</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3">
         <v>320</v>
       </c>
       <c r="G11" s="3"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>39</v>
       </c>
       <c r="B12" t="s">
@@ -1035,77 +1037,77 @@
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>50</v>
       </c>
       <c r="B19" t="s">
         <v>51</v>
       </c>
       <c r="C19">
         <v>45485</v>
       </c>
       <c r="D19" s="3">
         <v>31</v>
       </c>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3">
         <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="3">
-        <v>60908</v>
+        <v>61108</v>
       </c>
       <c r="E20" s="3">
         <v>1911</v>
       </c>
       <c r="F20" s="3">
         <v>58884</v>
       </c>
       <c r="G20" s="3">
-        <v>113</v>
+        <v>313</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>53</v>
       </c>
       <c r="D21" s="3">
-        <v>64483</v>
+        <v>64683</v>
       </c>
       <c r="E21" s="3">
         <v>1911</v>
       </c>
       <c r="F21" s="3">
         <v>62459</v>
       </c>
       <c r="G21" s="3">
-        <v>113</v>
+        <v>313</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>