--- v0 (2025-12-15)
+++ v1 (2026-01-08)
@@ -769,50 +769,53 @@
         <v>28</v>
       </c>
       <c r="C5">
         <v>44902</v>
       </c>
       <c r="D5" s="3">
         <v>58206</v>
       </c>
       <c r="E5" s="3">
         <v>44361</v>
       </c>
       <c r="F5" s="3">
         <v>12988</v>
       </c>
       <c r="G5" s="3">
         <v>857</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
+      <c r="C6">
+        <v>45413</v>
+      </c>
       <c r="D6" s="3">
         <v>647</v>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3">
         <v>647</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7">
         <v>45106</v>
       </c>
       <c r="D7" s="3">
         <v>2424</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3">
         <v>2424</v>