--- v0 (2025-11-23)
+++ v1 (2026-01-16)
@@ -968,136 +968,136 @@
         <v>27</v>
       </c>
       <c r="C14">
         <v>44825</v>
       </c>
       <c r="D14" s="3">
         <v>590</v>
       </c>
       <c r="E14" s="3">
         <v>590</v>
       </c>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>46</v>
       </c>
       <c r="B15" t="s">
         <v>47</v>
       </c>
       <c r="C15">
         <v>45043</v>
       </c>
       <c r="D15" s="3">
-        <v>45056</v>
+        <v>45045</v>
       </c>
       <c r="E15" s="3">
         <v>823</v>
       </c>
       <c r="F15" s="3">
         <v>43696</v>
       </c>
       <c r="G15" s="3">
-        <v>537</v>
+        <v>526</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>48</v>
       </c>
       <c r="B16" t="s">
         <v>49</v>
       </c>
       <c r="C16">
         <v>45170</v>
       </c>
       <c r="D16" s="3">
         <v>12955</v>
       </c>
       <c r="E16" s="3"/>
       <c r="F16" s="3">
         <v>12642</v>
       </c>
       <c r="G16" s="3">
         <v>313</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>50</v>
       </c>
       <c r="B17" t="s">
         <v>51</v>
       </c>
       <c r="C17">
         <v>45051</v>
       </c>
       <c r="D17" s="3">
         <v>8579</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="3">
         <v>8169</v>
       </c>
       <c r="G17" s="3">
         <v>410</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="3">
-        <v>1036943</v>
+        <v>1036932</v>
       </c>
       <c r="E18" s="3">
         <v>483515</v>
       </c>
       <c r="F18" s="3">
         <v>503379</v>
       </c>
       <c r="G18" s="3">
-        <v>50049</v>
+        <v>50038</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="3">
-        <v>1068744</v>
+        <v>1068733</v>
       </c>
       <c r="E19" s="3">
         <v>499236</v>
       </c>
       <c r="F19" s="3">
         <v>518708</v>
       </c>
       <c r="G19" s="3">
-        <v>50800</v>
+        <v>50789</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>