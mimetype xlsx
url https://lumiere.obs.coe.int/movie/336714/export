--- v0 (2025-12-03)
+++ v1 (2026-02-18)
@@ -749,57 +749,59 @@
         <v>31</v>
       </c>
       <c r="C6">
         <v>45380</v>
       </c>
       <c r="D6" s="3">
         <v>7133</v>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3">
         <v>7133</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
       <c r="C7">
         <v>45127</v>
       </c>
       <c r="D7" s="3">
-        <v>3082</v>
+        <v>3346</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3">
         <v>3082</v>
       </c>
-      <c r="G7" s="3"/>
+      <c r="G7" s="3">
+        <v>264</v>
+      </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>31</v>
       </c>
       <c r="C8">
         <v>45380</v>
       </c>
       <c r="D8" s="3">
         <v>927</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3">
         <v>927</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>35</v>
       </c>
       <c r="B9" t="s">
@@ -834,77 +836,77 @@
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>38</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11">
         <v>45092</v>
       </c>
       <c r="D11" s="3">
         <v>8745</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3">
         <v>8745</v>
       </c>
       <c r="G11" s="3"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="3">
-        <v>189452</v>
+        <v>189716</v>
       </c>
       <c r="E12" s="3">
         <v>143653</v>
       </c>
       <c r="F12" s="3">
         <v>37436</v>
       </c>
       <c r="G12" s="3">
-        <v>8363</v>
+        <v>8627</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="3">
-        <v>189834</v>
+        <v>190098</v>
       </c>
       <c r="E13" s="3">
         <v>144028</v>
       </c>
       <c r="F13" s="3">
         <v>37443</v>
       </c>
       <c r="G13" s="3">
-        <v>8363</v>
+        <v>8627</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>