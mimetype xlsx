--- v0 (2025-11-14)
+++ v1 (2026-01-14)
@@ -601,155 +601,157 @@
       </c>
       <c r="D1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2">
         <v>44832</v>
       </c>
       <c r="D2" s="3">
-        <v>10619</v>
+        <v>13152</v>
       </c>
       <c r="E2" s="3">
         <v>6032</v>
       </c>
       <c r="F2" s="3">
         <v>3208</v>
       </c>
       <c r="G2" s="3">
-        <v>1379</v>
+        <v>3912</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>22</v>
       </c>
       <c r="B3" t="s">
         <v>23</v>
       </c>
       <c r="C3">
         <v>44825</v>
       </c>
       <c r="D3" s="3">
         <v>48927</v>
       </c>
       <c r="E3" s="3">
         <v>37726</v>
       </c>
       <c r="F3" s="3">
         <v>8553</v>
       </c>
       <c r="G3" s="3">
         <v>2648</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
       <c r="C4">
         <v>45170</v>
       </c>
       <c r="D4" s="3">
-        <v>2593</v>
+        <v>2722</v>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3">
         <v>2593</v>
       </c>
-      <c r="G4" s="3"/>
+      <c r="G4" s="3">
+        <v>129</v>
+      </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5">
         <v>42649</v>
       </c>
       <c r="D5" s="3">
         <v>122</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3">
         <v>122</v>
       </c>
       <c r="G5" s="3"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="D6" s="3">
-        <v>62261</v>
+        <v>64923</v>
       </c>
       <c r="E6" s="3">
         <v>43758</v>
       </c>
       <c r="F6" s="3">
         <v>14476</v>
       </c>
       <c r="G6" s="3">
-        <v>4027</v>
+        <v>6689</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="3">
-        <v>62261</v>
+        <v>64923</v>
       </c>
       <c r="E7" s="3">
         <v>43758</v>
       </c>
       <c r="F7" s="3">
         <v>14476</v>
       </c>
       <c r="G7" s="3">
-        <v>4027</v>
+        <v>6689</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>