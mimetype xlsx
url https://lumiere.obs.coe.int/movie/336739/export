--- v0 (2025-11-19)
+++ v1 (2025-12-10)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="62">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>Falcon Lake</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Charlotte Le Bon</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>FR, CA</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -170,50 +170,56 @@
     <t>NL</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Aurora Films (PL)</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Leopardo Filmes</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Follow Art</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Five Stars</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>CA,DE,FR,GB,IL,IT,JP,NL,PL,US</t>
   </si>
   <si>
     <t>Une soeur</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Hồ Falcon</t>
   </si>
@@ -655,51 +661,51 @@
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G19"/>
+  <dimension ref="A1:G20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="6" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>20</v>
@@ -994,142 +1000,158 @@
       </c>
       <c r="B16" t="s">
         <v>51</v>
       </c>
       <c r="C16">
         <v>44838</v>
       </c>
       <c r="D16" s="3">
         <v>1896</v>
       </c>
       <c r="E16" s="3">
         <v>32</v>
       </c>
       <c r="F16" s="3">
         <v>1864</v>
       </c>
       <c r="G16" s="3"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>52</v>
       </c>
       <c r="B17" t="s">
         <v>53</v>
       </c>
-      <c r="C17">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="3">
-        <v>722</v>
+        <v>60</v>
       </c>
       <c r="E17" s="3"/>
-      <c r="F17" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="F17" s="3"/>
       <c r="G17" s="3">
-        <v>32</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>54</v>
       </c>
+      <c r="B18" t="s">
+        <v>55</v>
+      </c>
+      <c r="C18">
+        <v>45197</v>
+      </c>
       <c r="D18" s="3">
-        <v>59030</v>
-[...3 lines deleted...]
-      </c>
+        <v>722</v>
+      </c>
+      <c r="E18" s="3"/>
       <c r="F18" s="3">
-        <v>32559</v>
+        <v>690</v>
       </c>
       <c r="G18" s="3">
-        <v>1297</v>
+        <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" s="3">
+        <v>59030</v>
+      </c>
+      <c r="E19" s="3">
+        <v>25174</v>
+      </c>
+      <c r="F19" s="3">
+        <v>32559</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20" t="s">
+        <v>57</v>
+      </c>
+      <c r="D20" s="3">
         <v>59837</v>
       </c>
-      <c r="E19" s="3">
+      <c r="E20" s="3">
         <v>25277</v>
       </c>
-      <c r="F19" s="3">
+      <c r="F20" s="3">
         <v>33263</v>
       </c>
-      <c r="G19" s="3">
+      <c r="G20" s="3">
         <v>1297</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B4" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>