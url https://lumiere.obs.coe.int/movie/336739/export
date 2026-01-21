--- v1 (2025-12-10)
+++ v2 (2026-01-21)
@@ -728,60 +728,60 @@
         <v>25</v>
       </c>
       <c r="C2">
         <v>45079</v>
       </c>
       <c r="D2" s="3">
         <v>510</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>510</v>
       </c>
       <c r="G2" s="3"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>26</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="C3">
         <v>44923</v>
       </c>
       <c r="D3" s="3">
-        <v>4268</v>
+        <v>4609</v>
       </c>
       <c r="E3" s="3">
         <v>1248</v>
       </c>
       <c r="F3" s="3">
         <v>2706</v>
       </c>
       <c r="G3" s="3">
-        <v>314</v>
+        <v>655</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="3">
         <v>409</v>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3">
         <v>409</v>
       </c>
       <c r="G4" s="3"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
@@ -1035,77 +1035,77 @@
       <c r="A18" t="s">
         <v>54</v>
       </c>
       <c r="B18" t="s">
         <v>55</v>
       </c>
       <c r="C18">
         <v>45197</v>
       </c>
       <c r="D18" s="3">
         <v>722</v>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="3">
         <v>690</v>
       </c>
       <c r="G18" s="3">
         <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>56</v>
       </c>
       <c r="D19" s="3">
-        <v>59030</v>
+        <v>59371</v>
       </c>
       <c r="E19" s="3">
         <v>25174</v>
       </c>
       <c r="F19" s="3">
         <v>32559</v>
       </c>
       <c r="G19" s="3">
-        <v>1297</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="3">
-        <v>59837</v>
+        <v>60178</v>
       </c>
       <c r="E20" s="3">
         <v>25277</v>
       </c>
       <c r="F20" s="3">
         <v>33263</v>
       </c>
       <c r="G20" s="3">
-        <v>1297</v>
+        <v>1638</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>