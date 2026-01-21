--- v0 (2025-11-21)
+++ v1 (2026-01-21)
@@ -100,50 +100,56 @@
   <si>
     <t>Total since 2022</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Les Acacias</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Arhiva Nationala de Filme</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Kvinnejegeren</t>
+  </si>
+  <si>
     <t>JP</t>
   </si>
   <si>
     <t>Shinobi ai</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Господин Рипоа</t>
   </si>
   <si>
     <t>GB,ZA</t>
   </si>
   <si>
     <t>Knave of Hearts</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Monsieur Ripois libertin</t>
   </si>
   <si>
     <t>しのび逢い リポア君の恋愛修行</t>
@@ -206,56 +212,50 @@
     <t>Monsieur Ripois, lieveling der vrouwen</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>En fransman i London</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Don Juan i London</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>O kyrios Ripois</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Monsieur Ripois - naisten hurmuri</t>
-  </si>
-[...4 lines deleted...]
-    <t>Kvinnejegeren</t>
   </si>
   <si>
     <t>Mr. Ripois verliefd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -818,112 +818,112 @@
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>34</v>
       </c>
       <c r="B5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>30</v>
+      </c>
       <c r="B7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:2">
-      <c r="A9" t="s">
+      <c r="B9" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2">
+      <c r="A10" t="s">
         <v>22</v>
       </c>
-      <c r="B9" t="s">
+      <c r="B10" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="10" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="11" spans="1:2">
-      <c r="A11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B11" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>42</v>
       </c>
       <c r="B12" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B13" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2">
+      <c r="A14" t="s">
         <v>44</v>
       </c>
-    </row>
-    <row r="14" spans="1:2">
       <c r="B14" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="15" spans="1:2">
-      <c r="A15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B15" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>48</v>
       </c>
       <c r="B16" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>50</v>
       </c>
       <c r="B17" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>52</v>
       </c>
       <c r="B18" t="s">
@@ -958,51 +958,51 @@
       <c r="A22" t="s">
         <v>60</v>
       </c>
       <c r="B22" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>62</v>
       </c>
       <c r="B23" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>64</v>
       </c>
       <c r="B24" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B25" t="s">
         <v>66</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>