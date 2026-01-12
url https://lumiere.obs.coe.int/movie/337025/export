--- v0 (2025-12-02)
+++ v1 (2026-01-12)
@@ -94,78 +94,78 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2022</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Elke</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Kissan varjo</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>A Sombra do Gato</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>L'ombra del gatto</t>
+  </si>
+  <si>
     <t>Skuggan av en katt</t>
   </si>
   <si>
     <t>CA,GB,US</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Le spectre du chat</t>
   </si>
   <si>
     <t>Тень кошки</t>
-  </si>
-[...13 lines deleted...]
-    <t>L'ombra del gatto</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Katten hævner</t>
   </si>
   <si>
     <t>Schatten einer Katze</t>
   </si>
   <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>La sombra del gato</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>O tromos tis mavris skias</t>
   </si>
   <si>
     <t>SE</t>
   </si>
@@ -717,86 +717,86 @@
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>27</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>31</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>39</v>
       </c>
       <c r="B11" t="s">
         <v>40</v>
       </c>
     </row>