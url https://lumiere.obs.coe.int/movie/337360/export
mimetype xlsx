--- v0 (2025-12-22)
+++ v1 (2026-03-20)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="46">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>Metronom</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Alexandru Belc</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>RO, FR</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -77,50 +77,53 @@
     <t>https://www.cnc.fr/professionnels/visas-et-classification/155716</t>
   </si>
   <si>
     <t>Wikidata link</t>
   </si>
   <si>
     <t>https://www.wikidata.org/wiki/Q118187470</t>
   </si>
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2022</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
+  </si>
+  <si>
+    <t>2024</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>September Film Distribution</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Pyramide Distribution</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Cinobo</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Discovery</t>
   </si>
@@ -601,337 +604,359 @@
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F13"/>
+  <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="6" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6">
+    <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>20</v>
       </c>
-    </row>
-    <row r="2" spans="1:6">
+      <c r="G1" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C2">
         <v>44972</v>
       </c>
       <c r="D2" s="3">
         <v>2999</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>2999</v>
       </c>
-    </row>
-    <row r="3" spans="1:6">
+      <c r="G2" s="3"/>
+    </row>
+    <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C3">
         <v>44930</v>
       </c>
       <c r="D3" s="3">
         <v>15789</v>
       </c>
       <c r="E3" s="3">
         <v>1025</v>
       </c>
       <c r="F3" s="3">
         <v>14764</v>
       </c>
-    </row>
-    <row r="4" spans="1:6">
+      <c r="G3" s="3"/>
+    </row>
+    <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C4">
         <v>44875</v>
       </c>
       <c r="D4" s="3">
-        <v>1951</v>
+        <v>2267</v>
       </c>
       <c r="E4" s="3">
         <v>347</v>
       </c>
       <c r="F4" s="3">
         <v>1604</v>
       </c>
-    </row>
-    <row r="5" spans="1:6">
+      <c r="G4" s="3">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C5">
         <v>45043</v>
       </c>
       <c r="D5" s="3">
         <v>158</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3">
         <v>158</v>
       </c>
-    </row>
-    <row r="6" spans="1:6">
+      <c r="G5" s="3"/>
+    </row>
+    <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D6" s="3">
         <v>120</v>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3">
         <v>120</v>
       </c>
-    </row>
-    <row r="7" spans="1:6">
+      <c r="G6" s="3"/>
+    </row>
+    <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C7">
         <v>45057</v>
       </c>
       <c r="D7" s="3">
         <v>9903</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3">
         <v>9903</v>
       </c>
-    </row>
-    <row r="8" spans="1:6">
+      <c r="G7" s="3"/>
+    </row>
+    <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D8" s="3">
         <v>132</v>
       </c>
       <c r="E8" s="3">
         <v>132</v>
       </c>
       <c r="F8" s="3"/>
-    </row>
-    <row r="9" spans="1:6">
+      <c r="G8" s="3"/>
+    </row>
+    <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C9">
         <v>44869</v>
       </c>
       <c r="D9" s="3">
         <v>23926</v>
       </c>
       <c r="E9" s="3">
         <v>21988</v>
       </c>
       <c r="F9" s="3">
         <v>1938</v>
       </c>
-    </row>
-    <row r="10" spans="1:6">
+      <c r="G9" s="3"/>
+    </row>
+    <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B10" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C10">
         <v>44875</v>
       </c>
       <c r="D10" s="3">
         <v>538</v>
       </c>
       <c r="E10" s="3">
         <v>292</v>
       </c>
       <c r="F10" s="3">
         <v>246</v>
       </c>
-    </row>
-    <row r="11" spans="1:6">
+      <c r="G10" s="3"/>
+    </row>
+    <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B11" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C11">
         <v>44932</v>
       </c>
       <c r="D11" s="3">
         <v>1970</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3">
         <v>1970</v>
       </c>
-    </row>
-    <row r="12" spans="1:6">
+      <c r="G11" s="3"/>
+    </row>
+    <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D12" s="3">
-        <v>55384</v>
+        <v>55700</v>
       </c>
       <c r="E12" s="3">
         <v>23652</v>
       </c>
       <c r="F12" s="3">
         <v>31732</v>
       </c>
-    </row>
-    <row r="13" spans="1:6">
+      <c r="G12" s="3">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D13" s="3">
-        <v>57486</v>
+        <v>57802</v>
       </c>
       <c r="E13" s="3">
         <v>23784</v>
       </c>
       <c r="F13" s="3">
         <v>33702</v>
+      </c>
+      <c r="G13" s="3">
+        <v>316</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="39.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>