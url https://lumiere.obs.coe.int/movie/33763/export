--- v0 (2025-12-08)
+++ v1 (2026-01-21)
@@ -259,54 +259,54 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Atalanta Filmes</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>M3 Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Asli gibidir</t>
+  </si>
+  <si>
     <t>CA,FR</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asli gibidir</t>
   </si>
   <si>
     <t>Overjena Kopija</t>
   </si>
   <si>
     <t>Päris koopia</t>
   </si>
   <si>
     <t>The Certified Copy</t>
   </si>
   <si>
     <t>Věrná kopie</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>Copia certificada</t>
   </si>
   <si>
     <t>AU,CA,GB,SG,US</t>
   </si>
   <si>
     <t>Certified Copy</t>
   </si>
@@ -1830,62 +1830,62 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B2" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="B3" t="s">
-        <v>82</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>87</v>