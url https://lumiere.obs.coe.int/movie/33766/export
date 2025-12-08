--- v0 (2025-11-18)
+++ v1 (2025-12-08)
@@ -163,120 +163,120 @@
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Village Roadshow</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Eagle Pictures</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>ZON Lusomundo</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>Utanför Lagen</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>Fora da Lei</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Fuera de la ley</t>
+  </si>
+  <si>
+    <t>Hors la loi</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Izvan zakona</t>
+  </si>
+  <si>
+    <t>GE</t>
+  </si>
+  <si>
+    <t>Kanons gareshe</t>
+  </si>
+  <si>
+    <t>DZ</t>
+  </si>
+  <si>
+    <t>Kharej 'an alghanoon</t>
+  </si>
+  <si>
+    <t>IR</t>
+  </si>
+  <si>
+    <t>Kharej az ghanoon</t>
+  </si>
+  <si>
+    <t>FI,SE</t>
+  </si>
+  <si>
+    <t>Outside the Law</t>
+  </si>
+  <si>
+    <t>Outside the law Drei Brüder, ein Schicksal!</t>
+  </si>
+  <si>
+    <t>Pera apo to nomo</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Ponad prawem</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Tres hermanos, tres destinos</t>
   </si>
   <si>
     <t>Uomini senza legge</t>
-  </si>
-[...55 lines deleted...]
-    <t>Pera apo to nomo</t>
   </si>
   <si>
     <t>Πέρα από το νόμο</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Вне закона</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1087,151 +1087,151 @@
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="38.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>49</v>
       </c>
       <c r="B2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B3" t="s">
-        <v>52</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="B4" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
         <v>54</v>
       </c>
-      <c r="B5" t="s">
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>37</v>
+      </c>
+      <c r="B6" t="s">
         <v>55</v>
-      </c>
-[...3 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>58</v>
       </c>
       <c r="B8" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="B9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="13" spans="1:2">
-      <c r="A13" t="s">
+      <c r="B13" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>68</v>
+      </c>
+      <c r="B14" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="B15" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:2">
+      <c r="A16" t="s">
+        <v>43</v>
+      </c>
       <c r="B16" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>41</v>
       </c>
       <c r="B17" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>74</v>
       </c>
       <c r="B18" t="s">
         <v>75</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 