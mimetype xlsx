--- v0 (2025-11-24)
+++ v1 (2025-12-16)
@@ -241,78 +241,78 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Clap Filmes</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Independenta Film</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Tournee</t>
+  </si>
+  <si>
+    <t>Kiertue</t>
+  </si>
+  <si>
+    <t>CZ,HU,SE</t>
+  </si>
+  <si>
+    <t>Turné</t>
+  </si>
+  <si>
     <t>AR,CA,ES,FR,IT,PL</t>
   </si>
   <si>
     <t>Турнето</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>La gira</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Turnê</t>
-  </si>
-[...10 lines deleted...]
-    <t>Kiertue</t>
   </si>
   <si>
     <t>Tourne sto Parisi</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>さすらいの女神（ディーバ）たち</t>
   </si>
   <si>
     <t>Tournée - Em Digressão</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>On Tour</t>
   </si>
   <si>
     <t>Turneja</t>
   </si>
   <si>
     <t>RU</t>
   </si>
@@ -1571,96 +1571,96 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
         <v>75</v>
       </c>
-      <c r="B2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>48</v>
+      </c>
       <c r="B3" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>77</v>
       </c>
       <c r="B4" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>79</v>
       </c>
       <c r="B5" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2">
+      <c r="B6" t="s">
         <v>80</v>
-      </c>
-[...6 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="B7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="B8" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>54</v>
       </c>
       <c r="B9" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>86</v>
       </c>
       <c r="B10" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>67</v>
       </c>