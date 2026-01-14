--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -97,114 +97,114 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2022</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,US</t>
+  </si>
+  <si>
+    <t>The Final Chord</t>
+  </si>
+  <si>
+    <t>AT,DE,KR</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>Final Accord</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Nona sinfonia</t>
+  </si>
+  <si>
+    <t>La nona sinfonia</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Loppusointu</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>La novena sinfonía</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Slutakkord</t>
+  </si>
+  <si>
+    <t>Acorde final</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>I ennati symfonia tou Beethoven</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>Dai ku kôkyôgaku</t>
+  </si>
+  <si>
+    <t>Accorf final</t>
+  </si>
+  <si>
     <t>SE</t>
   </si>
   <si>
     <t>Slutackord</t>
-  </si>
-[...58 lines deleted...]
-    <t>Accorf final</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Acorde Final</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Az utolsó akkord</t>
   </si>
   <si>
     <t>La Neuvième Symphonie</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>La neuvième symphonie</t>
   </si>
   <si>
     <t>第九交響楽</t>
   </si>
@@ -776,176 +776,176 @@
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>27</v>
       </c>
       <c r="B2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>32</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B10" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>44</v>
       </c>
       <c r="B12" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="B14" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>49</v>
       </c>
       <c r="B15" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>51</v>
       </c>
       <c r="B16" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>24</v>
       </c>
       <c r="B17" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>54</v>
       </c>
       <c r="B18" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B19" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="B20" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>58</v>
       </c>
       <c r="B21" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>54</v>
       </c>
       <c r="B22" t="s">
         <v>60</v>
       </c>