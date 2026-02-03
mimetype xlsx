--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -148,75 +148,75 @@
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Trigon Film</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>EZEF</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>A hiéna útja</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Podróz hieny</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Touki Bouki - A viagem da hiena</t>
   </si>
   <si>
     <t>Touki Bouki - Die Reise der Hyäne</t>
   </si>
   <si>
     <t>Touki-Bouki</t>
   </si>
   <si>
     <t>Le voyage de la Hyène</t>
-  </si>
-[...4 lines deleted...]
-    <t>A hiéna útja</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Il viaggio della iena</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>トゥキ・ブゥキ/ハイエナの旅</t>
   </si>
   <si>
     <t>Podróż hieny</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Journey of the Hyena</t>
   </si>
   <si>
     <t>Туки-Буки</t>
   </si>
@@ -980,121 +980,121 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>44</v>
+      </c>
       <c r="B2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...6 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>46</v>
       </c>
       <c r="B4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>53</v>
       </c>
       <c r="B9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>55</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>58</v>
       </c>
       <c r="B12" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="B13" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">