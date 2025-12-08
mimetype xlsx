--- v0 (2025-11-18)
+++ v1 (2025-12-08)
@@ -208,66 +208,66 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Novemberfilm</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Demiurg</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Ja, tez!</t>
+  </si>
+  <si>
+    <t>Ja tiež</t>
+  </si>
+  <si>
+    <t>Jaz Bi Tudi</t>
+  </si>
+  <si>
+    <t>Jag med</t>
+  </si>
+  <si>
     <t>Emeis oi dyo</t>
   </si>
   <si>
     <t>Aš taip pat</t>
-  </si>
-[...10 lines deleted...]
-    <t>Jag med</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Аз също</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Eu, Também</t>
   </si>
   <si>
     <t>Já taky</t>
   </si>
   <si>
     <t>Me Too - Wer will schon normal sein?</t>
   </si>
   <si>
     <t>Élek és szeretek</t>
   </si>
   <si>
     <t>PL</t>
   </si>
@@ -1375,75 +1375,75 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>65</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>6</v>
+      </c>
       <c r="B7" t="s">
-        <v>68</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>70</v>
       </c>
       <c r="B9" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>72</v>
       </c>
       <c r="B10" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">