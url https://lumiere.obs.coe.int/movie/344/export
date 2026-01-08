--- v0 (2025-11-23)
+++ v1 (2026-01-08)
@@ -115,87 +115,87 @@
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Das Baumhaus</t>
+  </si>
+  <si>
     <t>TR</t>
   </si>
   <si>
     <t>Savas</t>
   </si>
   <si>
     <t>AU,CA,GB,IT,US</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>El arbol de los sueños</t>
   </si>
   <si>
     <t>Войната</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>A Árvore dos Sonhos</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>La guerre</t>
   </si>
   <si>
     <t>CL,MX</t>
   </si>
   <si>
     <t>La guerra</t>
-  </si>
-[...1 lines deleted...]
-    <t>Das Baumhaus</t>
   </si>
   <si>
     <t>À chacun sa guerre</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>To dentro ton oneiron</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Háború</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>8月のメモワール</t>
   </si>
   <si>
     <t>LT</t>
   </si>
@@ -848,107 +848,107 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="B5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>29</v>
       </c>
       <c r="B10" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>47</v>
       </c>
       <c r="B11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>49</v>
       </c>
@@ -984,51 +984,51 @@
       <c r="A16" t="s">
         <v>57</v>
       </c>
       <c r="B16" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>59</v>
       </c>
       <c r="B17" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>59</v>
       </c>
       <c r="B18" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B19" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>47</v>
       </c>
       <c r="B20" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>64</v>
       </c>
       <c r="B21" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>28</v>
       </c>