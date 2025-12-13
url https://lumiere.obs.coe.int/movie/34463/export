--- v0 (2025-11-19)
+++ v1 (2025-12-13)
@@ -124,78 +124,78 @@
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>La Rabbia/Le Pacte</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Eureka Entertainment</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
+    <t>At the Edge of the World</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Buđenje u užasu</t>
+  </si>
+  <si>
+    <t>Na krancu swiata</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,JP,US</t>
+  </si>
+  <si>
     <t>BE</t>
   </si>
   <si>
+    <t>Le Réveil dans la terreur</t>
+  </si>
+  <si>
+    <t>Het vreselijk ontwaken</t>
+  </si>
+  <si>
     <t>The Terrible Awakening</t>
-  </si>
-[...22 lines deleted...]
-    <t>Het vreselijk ontwaken</t>
   </si>
   <si>
     <t>CA,GB,IE,US</t>
   </si>
   <si>
     <t>Outback</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Réveil dans la terreur</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Sweat, Dust and Beer... There's Nothing Else Out Here Mate!</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Kova loma</t>
   </si>
@@ -949,83 +949,83 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>36</v>
       </c>
       <c r="B2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>38</v>
       </c>
       <c r="B3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>42</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B6" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="B8" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>46</v>
       </c>
       <c r="B9" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>48</v>
       </c>
       <c r="B10" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>50</v>
       </c>
@@ -1141,59 +1141,59 @@
       <c r="A25" t="s">
         <v>50</v>
       </c>
       <c r="B25" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>73</v>
       </c>
       <c r="B26" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>73</v>
       </c>
       <c r="B27" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B28" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B29" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="B30" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="B31" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="B32" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="B33" t="s">
         <v>81</v>
       </c>
     </row>