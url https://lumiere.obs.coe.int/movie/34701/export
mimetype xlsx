--- v0 (2025-12-06)
+++ v1 (2026-01-18)
@@ -94,63 +94,63 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2010</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>The Works UK Distribution</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Tout un papa</t>
+  </si>
+  <si>
+    <t>AU,CA,DE,GB,US</t>
+  </si>
+  <si>
     <t>TR</t>
   </si>
   <si>
     <t>Büyük Baba</t>
-  </si>
-[...7 lines deleted...]
-    <t>AU,CA,DE,GB,US</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Najlepszy ojciec swiata</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>O kalyteros babas tou kosmou</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Najbolji tata na svijetu</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Най-страхотният баща на света</t>
   </si>
@@ -777,59 +777,59 @@
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>